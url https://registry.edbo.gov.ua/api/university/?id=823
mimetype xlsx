--- v0 (2025-12-17)
+++ v1 (2026-02-20)
@@ -1552,56 +1552,54 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
         <v>44120</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I10" s="9"/>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
@@ -1823,51 +1821,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
@@ -1889,51 +1887,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>