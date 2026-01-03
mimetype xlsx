--- v0 (2025-11-04)
+++ v1 (2026-01-03)
@@ -2773,51 +2773,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>I6</t>
         </is>
       </c>
@@ -2842,51 +2842,51 @@
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
         <v>15</v>
       </c>
       <c r="F6" s="8" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
@@ -2905,51 +2905,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>224</t>
         </is>
       </c>