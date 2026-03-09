--- v1 (2026-01-03)
+++ v2 (2026-03-09)
@@ -371,77 +371,69 @@
         <is>
           <t>м. Херсон</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Перекопська, 164 а</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+380506470218</t>
+          <t>556798;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор коледжу</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Ващук Микола Сергійович</t>
         </is>
       </c>
     </row>
@@ -2707,84 +2699,84 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
@@ -2806,51 +2798,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>I6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
@@ -2905,120 +2897,120 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>224</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
         <v>21</v>
       </c>
       <c r="F10" s="8" t="n">
-        <v>67</v>
+        <v>33</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">