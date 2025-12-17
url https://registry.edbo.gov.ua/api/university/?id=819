--- v0 (2025-10-31)
+++ v1 (2025-12-17)
@@ -2469,210 +2469,220 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="8" t="n">
         <v>67137</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна справа</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I28" s="9"/>
+          <t>КО 006652</t>
+        </is>
+      </c>
+      <c r="I28" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J28" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="8" t="n">
         <v>67132</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Декоративно-прикладне мистецтво</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I29" s="9"/>
+          <t>КО 006654</t>
+        </is>
+      </c>
+      <c r="I29" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
         <v>67133</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I30" s="9"/>
+          <t>КО 006655</t>
+        </is>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="8" t="n">
         <v>85201</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Народне пісенне мистецтво (академічний спів)</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I31" s="9"/>
+          <t>КО 006656</t>
+        </is>
+      </c>
+      <c r="I31" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="8" t="n">
         <v>85202</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Народне пісенне мистецтво (народний спів)</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I32" s="9"/>
+          <t>КО 006657</t>
+        </is>
+      </c>
+      <c r="I32" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="8" t="n">
@@ -2742,179 +2752,187 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="8" t="n">
         <v>85199</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Народна хореографія</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I35" s="9"/>
+          <t>КО 006658</t>
+        </is>
+      </c>
+      <c r="I35" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="8" t="n">
         <v>85200</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Сучасна хореографія</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I36" s="9"/>
+          <t>КО 006659</t>
+        </is>
+      </c>
+      <c r="I36" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E37" s="8" t="n">
         <v>87231</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Видовищно-театралізовані заходи</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I37" s="9"/>
+          <t>КО 006653</t>
+        </is>
+      </c>
+      <c r="I37" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E38" s="8" t="n">
         <v>87232</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I38" s="9"/>
+          <t>КО 006660</t>
+        </is>
+      </c>
+      <c r="I38" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K38" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K38"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I11"/>
@@ -3013,84 +3031,84 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
@@ -3120,51 +3138,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>