--- v1 (2025-12-17)
+++ v2 (2026-03-09)
@@ -3031,51 +3031,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
@@ -3171,150 +3171,150 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>