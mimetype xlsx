--- v0 (2025-10-25)
+++ v1 (2025-12-18)
@@ -2785,51 +2785,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -2917,84 +2917,84 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>