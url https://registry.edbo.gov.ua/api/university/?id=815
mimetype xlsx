--- v1 (2025-12-18)
+++ v2 (2026-02-20)
@@ -2785,117 +2785,117 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
@@ -2917,51 +2917,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>