--- v0 (2025-12-20)
+++ v1 (2026-02-21)
@@ -1852,84 +1852,84 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>