--- v0 (2025-12-19)
+++ v1 (2026-02-21)
@@ -379,51 +379,51 @@
         <is>
           <t>узвіз Куликівський, 3</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>+38(057)-392-15-78</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>kharkivmedcollege@gmail.com</t>
+          <t>kharkivmedcollege@homfk.ukr.education</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>homfk.com.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
@@ -2091,87 +2091,87 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="F3" s="8" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
@@ -2190,51 +2190,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>750</v>
+        <v>733</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>