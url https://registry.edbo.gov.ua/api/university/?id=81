--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$22</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$299</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$219</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$218</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -739,149 +739,149 @@
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:A17"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Назва факультета</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут бізнесу і менеджменту</t>
+          <t>Навчально-науковий інститут бізнесу, менеджменту і публічного управління</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Навчально-науковий інститут математики та інформаційних технологій</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут мистецтв</t>
+          <t>Навчально-науковий інститут публічного управління і післядипломної освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут охорони здоров’я і спорту</t>
+          <t>Навчально-науковий інститут технологій і торгівлі</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут педагогіки і психології</t>
+          <t>Навчально-науковий інститут філології і журналістики</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут природничих і аграрних наук</t>
+          <t>Стара назва інститут природничих і аграрних наук</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут публічного управління і післядипломної освіти</t>
+          <t>Факультет соціальних і гуманітарних наук</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут соціальних і гуманітарних наук</t>
+          <t>Історичний факультет</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут технологій і торгівлі</t>
+          <t>Стара структура Факультет іноземних мов</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
-          <t>Навчально-науковий інститут філології і журналістики</t>
+          <t>Стара структура Факультет української філології та журналістики</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
-          <t>Стара назва інститут природничих і аграрних наук</t>
+          <t>Факультет допрофесійної підготовки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
-          <t>Історичний факультет</t>
+          <t>Факультет мистецтв</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
-          <t>Факультет допрофесійної підготовки</t>
+          <t>Факультет охорони здоров’я і спорту</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
-          <t>Факультет іноземних мов</t>
+          <t>Факультет педагогіки і психології</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
-          <t>Факультет української філології та журналістики</t>
+          <t>Факультет природничих і аграрних наук</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>ФУФ</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:A17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
@@ -10901,55 +10901,55 @@
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
         <v>17834</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
           <t>Прикладна політологія</t>
         </is>
       </c>
       <c r="G192" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H192" s="7" t="inlineStr">
         <is>
-          <t>- 1142</t>
+          <t>- 18853</t>
         </is>
       </c>
       <c r="I192" s="9" t="n">
-        <v>46204</v>
+        <v>46344</v>
       </c>
       <c r="J192" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K192" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D193" s="3"/>
@@ -12394,147 +12394,147 @@
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
         <v>4686</v>
       </c>
       <c r="F225" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G225" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H225" s="7" t="inlineStr">
         <is>
-          <t>- 9515</t>
+          <t>- 19230</t>
         </is>
       </c>
       <c r="I225" s="9" t="n">
-        <v>46001</v>
+        <v>46358</v>
       </c>
       <c r="J225" s="7" t="inlineStr">
         <is>
           <t>УД 13005086</t>
         </is>
       </c>
       <c r="K225" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B226" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
         <v>4571</v>
       </c>
       <c r="F226" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G226" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H226" s="7" t="inlineStr">
         <is>
-          <t>- 9513</t>
+          <t>- 19229</t>
         </is>
       </c>
       <c r="I226" s="9" t="n">
-        <v>46001</v>
+        <v>46358</v>
       </c>
       <c r="J226" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K226" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B227" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
         <v>60031</v>
       </c>
       <c r="F227" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="G227" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H227" s="7" t="inlineStr">
         <is>
-          <t>- 9513</t>
+          <t>- 19229</t>
         </is>
       </c>
       <c r="I227" s="9" t="n">
-        <v>46001</v>
+        <v>46358</v>
       </c>
       <c r="J227" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K227" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B228" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D228" s="3"/>
@@ -15808,51 +15808,51 @@
       </c>
       <c r="J299" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K299" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K299"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I219"/>
+  <dimension ref="A1:I218"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -15926,51 +15926,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -16645,51 +16645,51 @@
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>31</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -16741,51 +16741,51 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -16873,51 +16873,51 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>E4</t>
         </is>
       </c>
@@ -16939,51 +16939,51 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -17038,51 +17038,51 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
@@ -17240,54 +17240,54 @@
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -17610,51 +17610,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E51" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -18020,51 +18020,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
           <t>Транспорт</t>
         </is>
       </c>
       <c r="E62" s="6" t="n">
         <v>121</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -18127,51 +18127,51 @@
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>125</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>021</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Аудіовізуальне мистецтво та виробництво</t>
@@ -18260,51 +18260,51 @@
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
@@ -18326,51 +18326,51 @@
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
@@ -18605,51 +18605,51 @@
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>54</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -18833,54 +18833,54 @@
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
@@ -19186,978 +19186,982 @@
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F96" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>224</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Технології медичної діагностики та лікування</t>
-[...2 lines deleted...]
-      <c r="D97" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D97" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E97" s="6" t="n">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="F97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична терапія, ерготерапія</t>
+        </is>
+      </c>
+      <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
-        <v>29</v>
+        <v>8</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>10</v>
+        <v>157</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>157</v>
+        <v>7</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>6.010201</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>фізичне виховання</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="F104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>6.010201</t>
+          <t>6.010203</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>фізичне виховання</t>
+          <t>здоров’я людини</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G105" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>6.010203</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>здоров’я людини</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G106" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D109" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D109" s="3" t="inlineStr">
+        <is>
+          <t>Українська мова і література</t>
+        </is>
+      </c>
       <c r="E109" s="6" t="n">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E110" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D111" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E111" s="6" t="n">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D112" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E112" s="6" t="n">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E113" s="6" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D114" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E114" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E115" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F115" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D116" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E116" s="6" t="n">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>3</v>
+        <v>31</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D117" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E117" s="6" t="n">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>31</v>
+        <v>3</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D118" s="3" t="inlineStr">
         <is>
-          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
+          <t>Транспорт</t>
         </is>
       </c>
       <c r="E118" s="6" t="n">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
-          <t>Транспорт</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E119" s="6" t="n">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>5</v>
+        <v>42</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>B1</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D121" s="3"/>
+          <t>Аудіовізуальне мистецтво та медіавиробництво</t>
+        </is>
+      </c>
+      <c r="D121" s="3" t="inlineStr">
+        <is>
+          <t>Кіно-, медіавиробництво</t>
+        </is>
+      </c>
       <c r="E121" s="6" t="n">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>B1</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та медіавиробництво</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D122" s="3" t="inlineStr">
         <is>
-          <t>Кіно-, медіавиробництво</t>
+          <t>Східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E122" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D123" s="3" t="inlineStr">
         <is>
-          <t>Східні мови та літератури (переклад включно), перша - китайська</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E123" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -20170,3287 +20174,3250 @@
       </c>
       <c r="E124" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D125" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E125" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Декоративне мистецтво та ремесла</t>
+        </is>
+      </c>
+      <c r="D126" s="3"/>
       <c r="E126" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Декоративне мистецтво та ремесла</t>
-[...2 lines deleted...]
-      <c r="D127" s="3"/>
+          <t>Образотворче мистецтво та реставрація</t>
+        </is>
+      </c>
+      <c r="D127" s="3" t="inlineStr">
+        <is>
+          <t>Візуальні мистецтва</t>
+        </is>
+      </c>
       <c r="E127" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D129" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D129" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E129" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Політологія</t>
+        </is>
+      </c>
+      <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="F130" s="6" t="n">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>8</v>
+        <v>164</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>166</v>
+        <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>12</v>
+        <v>55</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F138" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>E4</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>E4</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>H1</t>
+          <t>H3</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>13</v>
+        <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>H3</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
-[...2 lines deleted...]
-      <c r="D146" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D146" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E146" s="6" t="n">
-        <v>26</v>
+        <v>6</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Туризм та рекреація</t>
+        </is>
+      </c>
+      <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F148" s="6" t="n">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D151" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D151" s="3" t="inlineStr">
+        <is>
+          <t>Українська мова і література</t>
+        </is>
+      </c>
       <c r="E151" s="6" t="n">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D152" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E152" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D153" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E153" s="6" t="n">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D154" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="E154" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F154" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D155" s="3" t="inlineStr">
         <is>
-          <t>Історія</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E155" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D156" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E156" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D157" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E157" s="6" t="n">
+        <v>4</v>
+      </c>
+      <c r="F157" s="6" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D158" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E158" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="F158" s="6" t="n">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>2</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D159" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E159" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F159" s="6" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D160" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E160" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D161" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E161" s="6" t="n">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="F161" s="6" t="n">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D162" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Транспорт</t>
         </is>
       </c>
       <c r="E162" s="6" t="n">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="F162" s="6" t="n">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D163" s="3" t="inlineStr">
         <is>
-          <t>Транспорт</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E163" s="6" t="n">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F163" s="6" t="n">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D164" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Олігофренопедагогіка</t>
         </is>
       </c>
       <c r="E164" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F164" s="6" t="n">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D165" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E165" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F165" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>1</v>
+        <v>55</v>
       </c>
       <c r="F166" s="6" t="n">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>021</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>55</v>
+        <v>5</v>
       </c>
       <c r="F167" s="6" t="n">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>021</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та виробництво</t>
-[...2 lines deleted...]
-      <c r="D168" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D168" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E168" s="6" t="n">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F168" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+        </is>
+      </c>
+      <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="F169" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F170" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F171" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>029</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F172" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F173" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
-[...2 lines deleted...]
-      <c r="D174" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D174" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E174" s="6" t="n">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="F174" s="6" t="n">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D175" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E175" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F175" s="6" t="n">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D176" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F176" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D177" s="3" t="inlineStr">
         <is>
-          <t>романські мови та літератури (переклад включно), перша - французька</t>
+          <t>східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E177" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F177" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
+        <v>5</v>
+      </c>
+      <c r="F178" s="6" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I178" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="F179" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I179" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="F180" s="6" t="n">
-        <v>1</v>
+        <v>96</v>
       </c>
       <c r="G180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I180" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B181" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="F181" s="6" t="n">
-        <v>97</v>
+        <v>1</v>
       </c>
       <c r="G181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I181" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F182" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F183" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F184" s="6" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I184" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F185" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I185" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F186" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I186" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F187" s="6" t="n">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="G187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I187" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>102</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="F188" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I188" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="7" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>103</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F189" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I189" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I190" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B191" s="7" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="F191" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I191" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="F192" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I192" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F193" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I193" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="F194" s="6" t="n">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="G194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I194" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>206</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="F195" s="6" t="n">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="G195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I195" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B196" s="7" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
-[...2 lines deleted...]
-      <c r="D196" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D196" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E196" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F196" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I196" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D197" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E197" s="6" t="n">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="F197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I197" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B198" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота</t>
+        </is>
+      </c>
+      <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="F198" s="6" t="n">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="G198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I198" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="F199" s="6" t="n">
-        <v>96</v>
+        <v>1</v>
       </c>
       <c r="G199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I199" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F200" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I200" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B201" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F201" s="6" t="n">
-        <v>1</v>
+        <v>69</v>
       </c>
       <c r="G201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I201" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B202" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F202" s="6" t="n">
-        <v>69</v>
+        <v>1</v>
       </c>
       <c r="G202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I202" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B203" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F203" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G203" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H203" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I203" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I204" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I205" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I206" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I207" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
-          <t>H1</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I208" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
+        <v>44</v>
+      </c>
+      <c r="F209" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="G209" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H209" s="6" t="n">
         <v>2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I209" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>46</v>
+        <v>26</v>
       </c>
       <c r="F210" s="6" t="n">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="G210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H210" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I210" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="F211" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H211" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I211" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="F212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I212" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="F213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I213" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F214" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H214" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I214" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F215" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H215" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I215" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B216" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D216" s="3"/>
       <c r="E216" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I216" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B217" s="7" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>4</v>
+        <v>24</v>
       </c>
       <c r="F217" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I217" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="F218" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G218" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H218" s="6" t="n">
         <v>1</v>
       </c>
-      <c r="G218" s="6" t="n">
-[...4 lines deleted...]
-      </c>
       <c r="I218" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I219"/>
+  <autoFilter ref="A1:I218"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>