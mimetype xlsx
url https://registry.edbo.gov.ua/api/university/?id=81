--- v1 (2025-12-08)
+++ v2 (2026-02-11)
@@ -26,51 +26,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$22</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$299</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$300</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$218</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -2388,51 +2388,51 @@
       </c>
       <c r="K22" s="9"/>
       <c r="L22" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.02.2020 № 47-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K299"/>
+  <dimension ref="A1:K300"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2577,54 +2577,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>2644</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I4" s="9"/>
+          <t>- 19628</t>
+        </is>
+      </c>
+      <c r="I4" s="9" t="n">
+        <v>46400</v>
+      </c>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t>НД 1396590</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
@@ -6414,55 +6416,55 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>2731</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" s="7" t="inlineStr">
         <is>
-          <t>- 10312</t>
+          <t>- 19406</t>
         </is>
       </c>
       <c r="I93" s="9" t="n">
-        <v>46059</v>
+        <v>46379</v>
       </c>
       <c r="J93" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K93" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D94" s="3"/>
@@ -8544,54 +8546,56 @@
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
         <v>4695</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I143" s="9"/>
+          <t>- 19622</t>
+        </is>
+      </c>
+      <c r="I143" s="9" t="n">
+        <v>46400</v>
+      </c>
       <c r="J143" s="7" t="inlineStr">
         <is>
           <t>НД 1389616</t>
         </is>
       </c>
       <c r="K143" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
@@ -9357,6486 +9361,6535 @@
           <t>НД 1389617</t>
         </is>
       </c>
       <c r="K159" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D160" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E160" s="6" t="n">
-        <v>4570</v>
+        <v>88275</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
-          <t>Технологічна освіта</t>
+          <t>Середня освіта (Технології)</t>
         </is>
       </c>
       <c r="G160" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H160" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I160" s="9"/>
       <c r="J160" s="7" t="inlineStr">
         <is>
           <t>НД 1389617</t>
         </is>
       </c>
       <c r="K160" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D161" s="3" t="inlineStr">
         <is>
           <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E161" s="6" t="n">
-        <v>17867</v>
+        <v>4570</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
-          <t>Трудове навчання та технології</t>
+          <t>Технологічна освіта</t>
         </is>
       </c>
       <c r="G161" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H161" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I161" s="9"/>
       <c r="J161" s="7" t="inlineStr">
         <is>
           <t>НД 1389617</t>
         </is>
       </c>
       <c r="K161" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D162" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="E162" s="6" t="n">
-        <v>3640</v>
+        <v>17867</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Трудове навчання та технології</t>
         </is>
       </c>
       <c r="G162" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H162" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I162" s="9"/>
       <c r="J162" s="7" t="inlineStr">
         <is>
-          <t>НД 1389640</t>
+          <t>НД 1389617</t>
         </is>
       </c>
       <c r="K162" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D163" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E163" s="6" t="n">
-        <v>18189</v>
+        <v>3640</v>
       </c>
       <c r="F163" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література. Мова і література (англійська)</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G163" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H163" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I163" s="9"/>
       <c r="J163" s="7" t="inlineStr">
         <is>
           <t>НД 1389640</t>
         </is>
       </c>
       <c r="K163" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D164" s="3" t="inlineStr">
         <is>
-          <t>Фізика</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E164" s="6" t="n">
-        <v>3292</v>
+        <v>18189</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
-          <t>Фізика</t>
+          <t>Українська мова і література. Мова і література (англійська)</t>
         </is>
       </c>
       <c r="G164" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H164" s="7" t="inlineStr">
         <is>
-          <t>- 9718</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I164" s="9"/>
       <c r="J164" s="7" t="inlineStr">
         <is>
-          <t>УД 13006359</t>
+          <t>НД 1389640</t>
         </is>
       </c>
       <c r="K164" s="9" t="n">
-        <v>46935</v>
+        <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D165" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Фізика</t>
         </is>
       </c>
       <c r="E165" s="6" t="n">
-        <v>60512</v>
+        <v>3292</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізика та астрономія)</t>
+          <t>Фізика</t>
         </is>
       </c>
       <c r="G165" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H165" s="7" t="inlineStr">
         <is>
-          <t>- 9718</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I165" s="9"/>
       <c r="J165" s="7" t="inlineStr">
         <is>
           <t>УД 13006359</t>
         </is>
       </c>
       <c r="K165" s="9" t="n">
         <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D166" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E166" s="6" t="n">
-        <v>3298</v>
+        <v>60512</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
-          <t>фізична культура</t>
+          <t>Середня освіта (Фізика та астрономія)</t>
         </is>
       </c>
       <c r="G166" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H166" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I166" s="9"/>
       <c r="J166" s="7" t="inlineStr">
         <is>
-          <t>НД 1389625</t>
+          <t>УД 13006359</t>
         </is>
       </c>
       <c r="K166" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D167" s="3" t="inlineStr">
         <is>
-          <t>Французька мова і література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E167" s="6" t="n">
-        <v>40509</v>
+        <v>3298</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
-          <t>Мова і література (французька)</t>
+          <t>фізична культура</t>
         </is>
       </c>
       <c r="G167" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H167" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I167" s="9"/>
       <c r="J167" s="7" t="inlineStr">
         <is>
-          <t>НД 1389645</t>
+          <t>НД 1389625</t>
         </is>
       </c>
       <c r="K167" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D168" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Французька мова і література</t>
         </is>
       </c>
       <c r="E168" s="6" t="n">
-        <v>4162</v>
+        <v>40509</v>
       </c>
       <c r="F168" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Мова і література (французька)</t>
         </is>
       </c>
       <c r="G168" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H168" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I168" s="9"/>
       <c r="J168" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K168" s="9"/>
+          <t>НД 1389645</t>
+        </is>
+      </c>
+      <c r="K168" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D169" s="3" t="inlineStr">
         <is>
-          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E169" s="6" t="n">
-        <v>42118</v>
+        <v>4162</v>
       </c>
       <c r="F169" s="3" t="inlineStr">
         <is>
-          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="G169" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H169" s="7" t="inlineStr">
         <is>
-          <t>- 9473</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I169" s="9"/>
       <c r="J169" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K169" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D170" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E170" s="6" t="n">
-        <v>38887</v>
+        <v>42118</v>
       </c>
       <c r="F170" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="G170" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H170" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I170" s="9"/>
       <c r="J170" s="7" t="inlineStr">
         <is>
-          <t>НД 1389622</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K170" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D171" s="3" t="inlineStr">
         <is>
-          <t>Транспорт</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="E171" s="6" t="n">
-        <v>40433</v>
+        <v>38887</v>
       </c>
       <c r="F171" s="3" t="inlineStr">
         <is>
-          <t>Транспорт</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G171" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H171" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I171" s="9"/>
       <c r="J171" s="7" t="inlineStr">
         <is>
-          <t>НД 1389618</t>
+          <t>НД 1389622</t>
         </is>
       </c>
       <c r="K171" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D172" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Транспорт</t>
         </is>
       </c>
       <c r="E172" s="6" t="n">
-        <v>64947</v>
+        <v>40433</v>
       </c>
       <c r="F172" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта (Корекційна психопедагогіка)</t>
+          <t>Транспорт</t>
         </is>
       </c>
       <c r="G172" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H172" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I172" s="9"/>
       <c r="J172" s="7" t="inlineStr">
         <is>
-          <t>НД 1389623</t>
+          <t>НД 1389618</t>
         </is>
       </c>
       <c r="K172" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D173" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E173" s="6" t="n">
-        <v>40301</v>
+        <v>64947</v>
       </c>
       <c r="F173" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта. Логопедія. Спеціальна психологія</t>
+          <t>Спеціальна освіта (Корекційна психопедагогіка)</t>
         </is>
       </c>
       <c r="G173" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H173" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I173" s="9"/>
       <c r="J173" s="7" t="inlineStr">
         <is>
           <t>НД 1389623</t>
         </is>
       </c>
       <c r="K173" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D174" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E174" s="6" t="n">
-        <v>40303</v>
+        <v>40301</v>
       </c>
       <c r="F174" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта. Олігофренопедагогіка. Спеціальна психологія</t>
+          <t>Спеціальна освіта. Логопедія. Спеціальна психологія</t>
         </is>
       </c>
       <c r="G174" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H174" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I174" s="9"/>
       <c r="J174" s="7" t="inlineStr">
         <is>
           <t>НД 1389623</t>
         </is>
       </c>
       <c r="K174" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D175" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D175" s="3" t="inlineStr">
+        <is>
+          <t>Олігофренопедагогіка</t>
+        </is>
+      </c>
       <c r="E175" s="6" t="n">
-        <v>2311</v>
+        <v>40303</v>
       </c>
       <c r="F175" s="3" t="inlineStr">
         <is>
-          <t>Спорт</t>
+          <t>Спеціальна освіта. Олігофренопедагогіка. Спеціальна психологія</t>
         </is>
       </c>
       <c r="G175" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H175" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I175" s="9"/>
       <c r="J175" s="7" t="inlineStr">
         <is>
-          <t>НД 1389626</t>
+          <t>НД 1389623</t>
         </is>
       </c>
       <c r="K175" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
-          <t>021</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та виробництво</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>47098</v>
+        <v>2311</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
-          <t>Ведучий програм телебачення</t>
+          <t>Спорт</t>
         </is>
       </c>
       <c r="G176" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H176" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I176" s="9"/>
+          <t>- 19637</t>
+        </is>
+      </c>
+      <c r="I176" s="9" t="n">
+        <v>46400</v>
+      </c>
       <c r="J176" s="7" t="inlineStr">
         <is>
-          <t>НД 1389632</t>
+          <t>НД 1389626</t>
         </is>
       </c>
       <c r="K176" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>021</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Аудіовізуальне мистецтво та виробництво</t>
+        </is>
+      </c>
+      <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>34063</v>
+        <v>47098</v>
       </c>
       <c r="F177" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Ведучий програм телебачення</t>
         </is>
       </c>
       <c r="G177" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H177" s="7" t="inlineStr">
         <is>
-          <t>- 2573</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I177" s="9"/>
       <c r="J177" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K177" s="9"/>
+          <t>НД 1389632</t>
+        </is>
+      </c>
+      <c r="K177" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
-[...2 lines deleted...]
-      <c r="D178" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D178" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E178" s="6" t="n">
-        <v>3664</v>
+        <v>34063</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
-          <t>Декоративно-прикладне мистецтво</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="G178" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H178" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I178" s="9"/>
+          <t>- 2573</t>
+        </is>
+      </c>
+      <c r="I178" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J178" s="7" t="inlineStr">
         <is>
-          <t>НД 1389636</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K178" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>4324</v>
+        <v>3664</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Декоративно-прикладне мистецтво</t>
         </is>
       </c>
       <c r="G179" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H179" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I179" s="9"/>
       <c r="J179" s="7" t="inlineStr">
         <is>
           <t>НД 1389636</t>
         </is>
       </c>
       <c r="K179" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>2610</v>
+        <v>4324</v>
       </c>
       <c r="F180" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G180" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H180" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I180" s="9"/>
       <c r="J180" s="7" t="inlineStr">
         <is>
-          <t>НД 1389631</t>
+          <t>НД 1389636</t>
         </is>
       </c>
       <c r="K180" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B181" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>51441</v>
+        <v>2610</v>
       </c>
       <c r="F181" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="G181" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H181" s="7" t="inlineStr">
         <is>
-          <t>- 3981</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I181" s="9"/>
       <c r="J181" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K181" s="9"/>
+          <t>НД 1389631</t>
+        </is>
+      </c>
+      <c r="K181" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>2289</v>
+        <v>51441</v>
       </c>
       <c r="F182" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна діяльність</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G182" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H182" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I182" s="9"/>
+          <t>- 3981</t>
+        </is>
+      </c>
+      <c r="I182" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J182" s="7" t="inlineStr">
         <is>
-          <t>НД 1389629</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K182" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>32985</v>
+        <v>2289</v>
       </c>
       <c r="F183" s="3" t="inlineStr">
         <is>
-          <t>Документознавство та інформаційна діяльність</t>
+          <t>Інформаційна діяльність</t>
         </is>
       </c>
       <c r="G183" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H183" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I183" s="9"/>
       <c r="J183" s="7" t="inlineStr">
         <is>
           <t>НД 1389629</t>
         </is>
       </c>
       <c r="K183" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>029</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>17833</v>
+        <v>32985</v>
       </c>
       <c r="F184" s="3" t="inlineStr">
         <is>
-          <t>Історія</t>
+          <t>Документознавство та інформаційна діяльність</t>
         </is>
       </c>
       <c r="G184" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H184" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I184" s="9"/>
       <c r="J184" s="7" t="inlineStr">
         <is>
-          <t>НД 1389639</t>
+          <t>НД 1389629</t>
         </is>
       </c>
       <c r="K184" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>23751</v>
+        <v>17833</v>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
-          <t>Мова і література (англійська)</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="G185" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H185" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I185" s="9"/>
       <c r="J185" s="7" t="inlineStr">
         <is>
-          <t>НД 1389641</t>
+          <t>НД 1389639</t>
         </is>
       </c>
       <c r="K185" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D186" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E186" s="6" t="n">
-        <v>24338</v>
+        <v>23751</v>
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
-          <t>Переклад</t>
+          <t>Мова і література (англійська)</t>
         </is>
       </c>
       <c r="G186" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H186" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I186" s="9"/>
       <c r="J186" s="7" t="inlineStr">
         <is>
           <t>НД 1389641</t>
         </is>
       </c>
       <c r="K186" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D187" s="3" t="inlineStr">
         <is>
-          <t>германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E187" s="6" t="n">
-        <v>23754</v>
+        <v>24338</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
-          <t>Мова і література (німецька)</t>
+          <t>Переклад</t>
         </is>
       </c>
       <c r="G187" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H187" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I187" s="9"/>
       <c r="J187" s="7" t="inlineStr">
         <is>
           <t>НД 1389641</t>
         </is>
       </c>
       <c r="K187" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D188" s="3" t="inlineStr">
         <is>
-          <t>романські мови та літератури (переклад включно), перша - французька</t>
+          <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E188" s="6" t="n">
-        <v>23755</v>
+        <v>23754</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
-          <t>Мова і література (французька)</t>
+          <t>Мова і література (німецька)</t>
         </is>
       </c>
       <c r="G188" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H188" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I188" s="9"/>
       <c r="J188" s="7" t="inlineStr">
         <is>
           <t>НД 1389641</t>
         </is>
       </c>
       <c r="K188" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D189" s="3" t="inlineStr">
         <is>
-          <t>східні мови та літератури (переклад включно)</t>
+          <t>романські мови та літератури (переклад включно), перша - французька</t>
         </is>
       </c>
       <c r="E189" s="6" t="n">
-        <v>4345</v>
+        <v>23755</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
-          <t>мова і література (китайська)</t>
+          <t>Мова і література (французька)</t>
         </is>
       </c>
       <c r="G189" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H189" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I189" s="9"/>
       <c r="J189" s="7" t="inlineStr">
         <is>
           <t>НД 1389641</t>
         </is>
       </c>
       <c r="K189" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D190" s="3" t="inlineStr">
         <is>
-          <t>східні мови та літератури (переклад включно), перша - китайська</t>
+          <t>східні мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E190" s="6" t="n">
-        <v>23758</v>
+        <v>4345</v>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
-          <t>Мова і література (китайська)</t>
+          <t>мова і література (китайська)</t>
         </is>
       </c>
       <c r="G190" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H190" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I190" s="9"/>
       <c r="J190" s="7" t="inlineStr">
         <is>
           <t>НД 1389641</t>
         </is>
       </c>
       <c r="K190" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B191" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
-[...2 lines deleted...]
-      <c r="D191" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D191" s="3" t="inlineStr">
+        <is>
+          <t>східні мови та літератури (переклад включно), перша - китайська</t>
+        </is>
+      </c>
       <c r="E191" s="6" t="n">
-        <v>17868</v>
+        <v>23758</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Мова і література (китайська)</t>
         </is>
       </c>
       <c r="G191" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H191" s="7" t="inlineStr">
         <is>
-          <t>- 2519</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I191" s="9"/>
       <c r="J191" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K191" s="9"/>
+          <t>НД 1389641</t>
+        </is>
+      </c>
+      <c r="K191" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>17834</v>
+        <v>17868</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
-          <t>Прикладна політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G192" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H192" s="7" t="inlineStr">
         <is>
-          <t>- 18853</t>
+          <t>- 2519</t>
         </is>
       </c>
       <c r="I192" s="9" t="n">
-        <v>46344</v>
+        <v>46569</v>
       </c>
       <c r="J192" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K192" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>3482</v>
+        <v>17834</v>
       </c>
       <c r="F193" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Прикладна політологія</t>
         </is>
       </c>
       <c r="G193" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H193" s="7" t="inlineStr">
         <is>
-          <t>- 10065</t>
+          <t>- 18853</t>
         </is>
       </c>
       <c r="I193" s="9" t="n">
-        <v>47665</v>
+        <v>46344</v>
       </c>
       <c r="J193" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K193" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
-        <v>17841</v>
+        <v>3482</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
-          <t>Соціологія прикордоння та національної безпеки</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G194" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H194" s="7" t="inlineStr">
         <is>
-          <t>- 16322</t>
+          <t>- 10065</t>
         </is>
       </c>
       <c r="I194" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J194" s="7" t="inlineStr">
         <is>
-          <t>УД 13008262</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K194" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
-        <v>17079</v>
+        <v>17841</v>
       </c>
       <c r="F195" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія прикордоння та національної безпеки</t>
         </is>
       </c>
       <c r="G195" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H195" s="7" t="inlineStr">
         <is>
-          <t>- 7612</t>
+          <t>- 16322</t>
         </is>
       </c>
       <c r="I195" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J195" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K195" s="9"/>
+          <t>УД 13008262</t>
+        </is>
+      </c>
+      <c r="K195" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B196" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
-        <v>40877</v>
+        <v>17079</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="G196" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H196" s="7" t="inlineStr">
         <is>
-          <t>- 5329</t>
+          <t>- 7612</t>
         </is>
       </c>
       <c r="I196" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J196" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K196" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
-        <v>59998</v>
+        <v>40877</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G197" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H197" s="7" t="inlineStr">
         <is>
           <t>- 5329</t>
         </is>
       </c>
       <c r="I197" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J197" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K197" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B198" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
-        <v>2318</v>
+        <v>59998</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
-          <t>Управління соціальним закладом</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G198" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H198" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I198" s="9"/>
+          <t>- 5329</t>
+        </is>
+      </c>
+      <c r="I198" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J198" s="7" t="inlineStr">
         <is>
-          <t>НД 1389657</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K198" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
-        <v>3297</v>
+        <v>2318</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
-          <t>Управління навчальним закладом</t>
+          <t>Управління соціальним закладом</t>
         </is>
       </c>
       <c r="G199" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H199" s="7" t="inlineStr">
         <is>
-          <t>- 3926</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I199" s="9"/>
       <c r="J199" s="7" t="inlineStr">
         <is>
           <t>НД 1389657</t>
         </is>
       </c>
       <c r="K199" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
-        <v>17869</v>
+        <v>3297</v>
       </c>
       <c r="F200" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент організації і адміністрування</t>
+          <t>Управління навчальним закладом</t>
         </is>
       </c>
       <c r="G200" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H200" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I200" s="9"/>
+          <t>- 3926</t>
+        </is>
+      </c>
+      <c r="I200" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J200" s="7" t="inlineStr">
         <is>
           <t>НД 1389657</t>
         </is>
       </c>
       <c r="K200" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B201" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
-        <v>49422</v>
+        <v>17869</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент організацій і адміністрування</t>
+          <t>Менеджмент організації і адміністрування</t>
         </is>
       </c>
       <c r="G201" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H201" s="7" t="inlineStr">
         <is>
-          <t>- 9811</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I201" s="9"/>
       <c r="J201" s="7" t="inlineStr">
         <is>
           <t>НД 1389657</t>
         </is>
       </c>
       <c r="K201" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B202" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
-        <v>4421</v>
+        <v>49422</v>
       </c>
       <c r="F202" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг на ринку товарів і послуг</t>
+          <t>Менеджмент організацій і адміністрування</t>
         </is>
       </c>
       <c r="G202" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H202" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I202" s="9"/>
+          <t>- 9811</t>
+        </is>
+      </c>
+      <c r="I202" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J202" s="7" t="inlineStr">
         <is>
-          <t>УД 13005081</t>
+          <t>НД 1389657</t>
         </is>
       </c>
       <c r="K202" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B203" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
-        <v>4300</v>
+        <v>4421</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
-          <t>Товарознавство і комерційна діяльність</t>
+          <t>Маркетинг на ринку товарів і послуг</t>
         </is>
       </c>
       <c r="G203" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H203" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I203" s="9"/>
       <c r="J203" s="7" t="inlineStr">
         <is>
-          <t>НД 1389655</t>
+          <t>УД 13005081</t>
         </is>
       </c>
       <c r="K203" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
-        <v>16363</v>
+        <v>4300</v>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
-          <t>Товарознавство та експертиза в митній справі</t>
+          <t>Товарознавство і комерційна діяльність</t>
         </is>
       </c>
       <c r="G204" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H204" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I204" s="9"/>
       <c r="J204" s="7" t="inlineStr">
         <is>
           <t>НД 1389655</t>
         </is>
       </c>
       <c r="K204" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
-        <v>60028</v>
+        <v>16363</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
           <t>Товарознавство та експертиза в митній справі</t>
         </is>
       </c>
       <c r="G205" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H205" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I205" s="9"/>
       <c r="J205" s="7" t="inlineStr">
         <is>
-          <t>УД 13017836</t>
+          <t>НД 1389655</t>
         </is>
       </c>
       <c r="K205" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
-        <v>4569</v>
+        <v>60028</v>
       </c>
       <c r="F206" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Товарознавство та експертиза в митній справі</t>
         </is>
       </c>
       <c r="G206" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H206" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I206" s="9"/>
       <c r="J206" s="7" t="inlineStr">
         <is>
-          <t>НД 1389660</t>
+          <t>УД 13017836</t>
         </is>
       </c>
       <c r="K206" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
-        <v>59937</v>
+        <v>4569</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G207" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H207" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I207" s="9"/>
       <c r="J207" s="7" t="inlineStr">
         <is>
-          <t>УД 13017837</t>
+          <t>НД 1389660</t>
         </is>
       </c>
       <c r="K207" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
-        <v>4325</v>
+        <v>59937</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G208" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H208" s="7" t="inlineStr">
         <is>
-          <t>- 10111</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I208" s="9"/>
       <c r="J208" s="7" t="inlineStr">
         <is>
-          <t>НД 1389664</t>
+          <t>УД 13017837</t>
         </is>
       </c>
       <c r="K208" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>17850</v>
+        <v>4325</v>
       </c>
       <c r="F209" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G209" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H209" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I209" s="9"/>
+          <t>- 10111</t>
+        </is>
+      </c>
+      <c r="I209" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J209" s="7" t="inlineStr">
         <is>
-          <t>НД 1389661</t>
+          <t>НД 1389664</t>
         </is>
       </c>
       <c r="K209" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>102</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>4379</v>
+        <v>17850</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="G210" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H210" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I210" s="9"/>
       <c r="J210" s="7" t="inlineStr">
         <is>
-          <t>НД 1389663</t>
+          <t>НД 1389661</t>
         </is>
       </c>
       <c r="K210" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>103</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>3481</v>
+        <v>4379</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="G211" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H211" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I211" s="9"/>
       <c r="J211" s="7" t="inlineStr">
         <is>
-          <t>НД 1389668</t>
+          <t>НД 1389663</t>
         </is>
       </c>
       <c r="K211" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>3892</v>
+        <v>3481</v>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
-          <t>Алгебра та теорія чисел</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="G212" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H212" s="7" t="inlineStr">
         <is>
-          <t>- 3892</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I212" s="9"/>
       <c r="J212" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K212" s="9"/>
+          <t>НД 1389668</t>
+        </is>
+      </c>
+      <c r="K212" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
-          <t>112</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
-          <t>Статистика</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
-        <v>17858</v>
+        <v>3892</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
-          <t>Економічна статистика</t>
+          <t>Алгебра та теорія чисел</t>
         </is>
       </c>
       <c r="G213" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H213" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I213" s="9"/>
+          <t>- 3892</t>
+        </is>
+      </c>
+      <c r="I213" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J213" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K213" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>112</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Статистика</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
-        <v>4342</v>
+        <v>17858</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
-          <t>Мультимедійні системи</t>
+          <t>Економічна статистика</t>
         </is>
       </c>
       <c r="G214" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H214" s="7" t="inlineStr">
         <is>
-          <t>- 9491</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I214" s="9"/>
       <c r="J214" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K214" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
-        <v>21181</v>
+        <v>4342</v>
       </c>
       <c r="F215" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні науки та інформаційні технології</t>
+          <t>Мультимедійні системи</t>
         </is>
       </c>
       <c r="G215" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H215" s="7" t="inlineStr">
         <is>
-          <t>- 2721</t>
+          <t>- 19418</t>
         </is>
       </c>
       <c r="I215" s="9" t="n">
-        <v>46569</v>
+        <v>46379</v>
       </c>
       <c r="J215" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K215" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B216" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D216" s="3"/>
       <c r="E216" s="6" t="n">
-        <v>2728</v>
+        <v>21181</v>
       </c>
       <c r="F216" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні мережі</t>
+          <t>Комп’ютерні науки та інформаційні технології</t>
         </is>
       </c>
       <c r="G216" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H216" s="7" t="inlineStr">
         <is>
-          <t>- 1139</t>
+          <t>- 2721</t>
         </is>
       </c>
       <c r="I216" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J216" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K216" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B217" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>17854</v>
+        <v>2728</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Комп’ютерні мережі</t>
         </is>
       </c>
       <c r="G217" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H217" s="7" t="inlineStr">
         <is>
-          <t>- 11264</t>
+          <t>- 1139</t>
         </is>
       </c>
       <c r="I217" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J217" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K217" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>17233</v>
+        <v>17854</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="G218" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H218" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I218" s="9"/>
+          <t>- 11264</t>
+        </is>
+      </c>
+      <c r="I218" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J218" s="7" t="inlineStr">
         <is>
-          <t>НД 1389674</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K218" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B219" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>206</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Садово-паркове господарство</t>
+        </is>
+      </c>
+      <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
-        <v>48267</v>
+        <v>17233</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="G219" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H219" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I219" s="9"/>
       <c r="J219" s="7" t="inlineStr">
         <is>
-          <t>УД 13006509</t>
+          <t>НД 1389674</t>
         </is>
       </c>
       <c r="K219" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B220" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D220" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E220" s="6" t="n">
-        <v>60489</v>
+        <v>48267</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G220" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H220" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I220" s="9"/>
       <c r="J220" s="7" t="inlineStr">
         <is>
-          <t>УД 13017838</t>
+          <t>УД 13006509</t>
         </is>
       </c>
       <c r="K220" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B221" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
-[...2 lines deleted...]
-      <c r="D221" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D221" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E221" s="6" t="n">
-        <v>3459</v>
+        <v>60489</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G221" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H221" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I221" s="9"/>
       <c r="J221" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K221" s="9"/>
+          <t>УД 13017838</t>
+        </is>
+      </c>
+      <c r="K221" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B222" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
-        <v>17847</v>
+        <v>3459</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота. Соціальна педагогіка. Практична психологія</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G222" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H222" s="7" t="inlineStr">
         <is>
-          <t>- 3844</t>
+          <t>- 19407</t>
         </is>
       </c>
       <c r="I222" s="9" t="n">
-        <v>46935</v>
+        <v>46379</v>
       </c>
       <c r="J222" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K222" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
-          <t>232</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
-        <v>17879</v>
+        <v>17847</v>
       </c>
       <c r="F223" s="3" t="inlineStr">
         <is>
-          <t>Управління соціальним закладом</t>
+          <t>Соціальна робота. Соціальна педагогіка. Практична психологія</t>
         </is>
       </c>
       <c r="G223" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H223" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I223" s="9"/>
+          <t>- 3844</t>
+        </is>
+      </c>
+      <c r="I223" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J223" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K223" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B224" s="7" t="inlineStr">
         <is>
           <t>232</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
           <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
-        <v>31853</v>
+        <v>17879</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
-          <t>Соціальне забезпечення</t>
+          <t>Управління соціальним закладом</t>
         </is>
       </c>
       <c r="G224" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H224" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I224" s="9"/>
       <c r="J224" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K224" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>232</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
-        <v>4686</v>
+        <v>31853</v>
       </c>
       <c r="F225" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Соціальне забезпечення</t>
         </is>
       </c>
       <c r="G225" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H225" s="7" t="inlineStr">
         <is>
-          <t>- 19230</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I225" s="9"/>
       <c r="J225" s="7" t="inlineStr">
         <is>
-          <t>УД 13005086</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K225" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B226" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
-        <v>4571</v>
+        <v>4686</v>
       </c>
       <c r="F226" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="G226" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H226" s="7" t="inlineStr">
         <is>
-          <t>- 19229</t>
+          <t>- 19230</t>
         </is>
       </c>
       <c r="I226" s="9" t="n">
         <v>46358</v>
       </c>
       <c r="J226" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K226" s="9"/>
+          <t>УД 13005086</t>
+        </is>
+      </c>
+      <c r="K226" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B227" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
-        <v>60031</v>
+        <v>4571</v>
       </c>
       <c r="F227" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="G227" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H227" s="7" t="inlineStr">
         <is>
           <t>- 19229</t>
         </is>
       </c>
       <c r="I227" s="9" t="n">
         <v>46358</v>
       </c>
       <c r="J227" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K227" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B228" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
-        <v>22092</v>
+        <v>60031</v>
       </c>
       <c r="F228" s="3" t="inlineStr">
         <is>
-          <t>Соціальна сфера</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="G228" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H228" s="7" t="inlineStr">
         <is>
-          <t>- 12332</t>
+          <t>- 19229</t>
         </is>
       </c>
       <c r="I228" s="9" t="n">
-        <v>46155</v>
+        <v>46358</v>
       </c>
       <c r="J228" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K228" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B229" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>22093</v>
+        <v>22092</v>
       </c>
       <c r="F229" s="3" t="inlineStr">
         <is>
-          <t>Кадровий менеджмент</t>
+          <t>Соціальна сфера</t>
         </is>
       </c>
       <c r="G229" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H229" s="7" t="inlineStr">
         <is>
-          <t>- 12331</t>
+          <t>- 12332</t>
         </is>
       </c>
       <c r="I229" s="9" t="n">
         <v>46155</v>
       </c>
       <c r="J229" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K229" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B230" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>22094</v>
+        <v>22093</v>
       </c>
       <c r="F230" s="3" t="inlineStr">
         <is>
-          <t>Територіальне управління та місцеве самоврядування</t>
+          <t>Кадровий менеджмент</t>
         </is>
       </c>
       <c r="G230" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H230" s="7" t="inlineStr">
         <is>
-          <t>- 12333</t>
+          <t>- 12331</t>
         </is>
       </c>
       <c r="I230" s="9" t="n">
         <v>46155</v>
       </c>
       <c r="J230" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K230" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B231" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
-        <v>72167</v>
+        <v>22094</v>
       </c>
       <c r="F231" s="3" t="inlineStr">
         <is>
-          <t>Педагогіка вищої школи</t>
+          <t>Територіальне управління та місцеве самоврядування</t>
         </is>
       </c>
       <c r="G231" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H231" s="7" t="inlineStr">
         <is>
-          <t>- 13629</t>
+          <t>- 19569</t>
         </is>
       </c>
       <c r="I231" s="9" t="n">
-        <v>47300</v>
+        <v>48030</v>
       </c>
       <c r="J231" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K231" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B232" s="7" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
-        <v>72162</v>
+        <v>72167</v>
       </c>
       <c r="F232" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Педагогіка вищої школи</t>
         </is>
       </c>
       <c r="G232" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H232" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I232" s="9"/>
+          <t>- 13629</t>
+        </is>
+      </c>
+      <c r="I232" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J232" s="7" t="inlineStr">
         <is>
-          <t>УД 13021111</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K232" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B233" s="7" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D233" s="3"/>
       <c r="E233" s="6" t="n">
-        <v>72164</v>
+        <v>72162</v>
       </c>
       <c r="F233" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G233" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H233" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I233" s="9"/>
       <c r="J233" s="7" t="inlineStr">
         <is>
-          <t>УД 13021112</t>
+          <t>УД 13021111</t>
         </is>
       </c>
       <c r="K233" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B234" s="7" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
-        <v>74435</v>
+        <v>72164</v>
       </c>
       <c r="F234" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Мова та зарубіжна література (англійська))</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G234" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H234" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I234" s="9"/>
       <c r="J234" s="7" t="inlineStr">
         <is>
-          <t>УД 13021269</t>
+          <t>УД 13021112</t>
         </is>
       </c>
       <c r="K234" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B235" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D235" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E235" s="6" t="n">
-        <v>72146</v>
+        <v>74435</v>
       </c>
       <c r="F235" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Біологія та здоров’я людини)</t>
+          <t>Середня освіта (Мова та зарубіжна література (англійська))</t>
         </is>
       </c>
       <c r="G235" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H235" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I235" s="9"/>
       <c r="J235" s="7" t="inlineStr">
         <is>
-          <t>УД 13021138</t>
+          <t>УД 13021269</t>
         </is>
       </c>
       <c r="K235" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B236" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D236" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E236" s="6" t="n">
-        <v>72148</v>
+        <v>72146</v>
       </c>
       <c r="F236" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Географія)</t>
+          <t>Середня освіта (Біологія та здоров’я людини)</t>
         </is>
       </c>
       <c r="G236" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H236" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I236" s="9"/>
       <c r="J236" s="7" t="inlineStr">
         <is>
-          <t>УД 13021139</t>
+          <t>УД 13021138</t>
         </is>
       </c>
       <c r="K236" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B237" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D237" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E237" s="6" t="n">
-        <v>74327</v>
+        <v>72148</v>
       </c>
       <c r="F237" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Інформатика)</t>
+          <t>Середня освіта (Географія)</t>
         </is>
       </c>
       <c r="G237" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H237" s="7" t="inlineStr">
         <is>
-          <t>- 13653</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I237" s="9"/>
       <c r="J237" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K237" s="9"/>
+          <t>УД 13021139</t>
+        </is>
+      </c>
+      <c r="K237" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B238" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D238" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E238" s="6" t="n">
-        <v>72085</v>
+        <v>74327</v>
       </c>
       <c r="F238" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Історія та громадянська освіта)</t>
+          <t>Середня освіта (Інформатика)</t>
         </is>
       </c>
       <c r="G238" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H238" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I238" s="9"/>
+          <t>- 13653</t>
+        </is>
+      </c>
+      <c r="I238" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J238" s="7" t="inlineStr">
         <is>
-          <t>УД 13021121</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K238" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B239" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D239" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E239" s="6" t="n">
-        <v>74316</v>
+        <v>72085</v>
       </c>
       <c r="F239" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Математика)</t>
+          <t>Середня освіта (Історія та громадянська освіта)</t>
         </is>
       </c>
       <c r="G239" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H239" s="7" t="inlineStr">
         <is>
-          <t>- 13654</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I239" s="9"/>
       <c r="J239" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K239" s="9"/>
+          <t>УД 13021121</t>
+        </is>
+      </c>
+      <c r="K239" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B240" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D240" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E240" s="6" t="n">
-        <v>74434</v>
+        <v>74316</v>
       </c>
       <c r="F240" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Українська мова і література)</t>
+          <t>Середня освіта (Математика)</t>
         </is>
       </c>
       <c r="G240" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H240" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I240" s="9"/>
+          <t>- 13654</t>
+        </is>
+      </c>
+      <c r="I240" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J240" s="7" t="inlineStr">
         <is>
-          <t>УД 13021135</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K240" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B241" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D241" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E241" s="6" t="n">
-        <v>72064</v>
+        <v>74434</v>
       </c>
       <c r="F241" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізична культура)</t>
+          <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G241" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H241" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I241" s="9"/>
       <c r="J241" s="7" t="inlineStr">
         <is>
-          <t>УД 13021129</t>
+          <t>УД 13021135</t>
         </is>
       </c>
       <c r="K241" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B242" s="7" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D242" s="3" t="inlineStr">
         <is>
-          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E242" s="6" t="n">
-        <v>73265</v>
+        <v>72064</v>
       </c>
       <c r="F242" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта (Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології)</t>
+          <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G242" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H242" s="7" t="inlineStr">
         <is>
-          <t>- 18632</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I242" s="9"/>
       <c r="J242" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K242" s="9"/>
+          <t>УД 13021129</t>
+        </is>
+      </c>
+      <c r="K242" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B243" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D243" s="3" t="inlineStr">
         <is>
-          <t>Транспорт</t>
+          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E243" s="6" t="n">
-        <v>73260</v>
+        <v>73265</v>
       </c>
       <c r="F243" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта (Транспорт)</t>
+          <t>Професійна освіта (Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології)</t>
         </is>
       </c>
       <c r="G243" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H243" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I243" s="9"/>
       <c r="J243" s="7" t="inlineStr">
         <is>
-          <t>УД 13021126</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K243" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B244" s="7" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D244" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Транспорт</t>
         </is>
       </c>
       <c r="E244" s="6" t="n">
-        <v>72171</v>
+        <v>73260</v>
       </c>
       <c r="F244" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта (Логопедія)</t>
+          <t>Професійна освіта (Транспорт)</t>
         </is>
       </c>
       <c r="G244" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H244" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I244" s="9"/>
       <c r="J244" s="7" t="inlineStr">
         <is>
-          <t>УД 13021113</t>
+          <t>УД 13021126</t>
         </is>
       </c>
       <c r="K244" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B245" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D245" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D245" s="3" t="inlineStr">
+        <is>
+          <t>Логопедія</t>
+        </is>
+      </c>
       <c r="E245" s="6" t="n">
-        <v>72066</v>
+        <v>72171</v>
       </c>
       <c r="F245" s="3" t="inlineStr">
         <is>
-          <t>Спорт</t>
+          <t>Спеціальна освіта (Логопедія)</t>
         </is>
       </c>
       <c r="G245" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H245" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I245" s="9"/>
       <c r="J245" s="7" t="inlineStr">
         <is>
-          <t>УД 13021130</t>
+          <t>УД 13021113</t>
         </is>
       </c>
       <c r="K245" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B246" s="7" t="inlineStr">
         <is>
-          <t>B1</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та медіавиробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
-        <v>86272</v>
+        <v>72066</v>
       </c>
       <c r="F246" s="3" t="inlineStr">
         <is>
-          <t>Режисер аудіовізуальних творів</t>
+          <t>Спорт</t>
         </is>
       </c>
       <c r="G246" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H246" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I246" s="9"/>
       <c r="J246" s="7" t="inlineStr">
         <is>
-          <t>УД 13021118</t>
+          <t>УД 13021130</t>
         </is>
       </c>
       <c r="K246" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B247" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B1</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Аудіовізуальне мистецтво та медіавиробництво</t>
         </is>
       </c>
       <c r="D247" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Кіно-, медіавиробництво</t>
         </is>
       </c>
       <c r="E247" s="6" t="n">
-        <v>74436</v>
+        <v>86272</v>
       </c>
       <c r="F247" s="3" t="inlineStr">
         <is>
-          <t>Мова і література (англійська)</t>
+          <t>Режисер аудіовізуальних творів</t>
         </is>
       </c>
       <c r="G247" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H247" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I247" s="9"/>
       <c r="J247" s="7" t="inlineStr">
         <is>
-          <t>УД 13021133</t>
+          <t>УД 13021118</t>
         </is>
       </c>
       <c r="K247" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B248" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D248" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E248" s="6" t="n">
-        <v>80904</v>
+        <v>74436</v>
       </c>
       <c r="F248" s="3" t="inlineStr">
         <is>
-          <t>Мова і література (німецька)</t>
+          <t>Мова і література (англійська)</t>
         </is>
       </c>
       <c r="G248" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H248" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I248" s="9"/>
       <c r="J248" s="7" t="inlineStr">
         <is>
           <t>УД 13021133</t>
         </is>
       </c>
       <c r="K248" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B249" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D249" s="3" t="inlineStr">
         <is>
-          <t>Східні мови та літератури (переклад включно), перша - китайська</t>
+          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E249" s="6" t="n">
-        <v>74441</v>
+        <v>80904</v>
       </c>
       <c r="F249" s="3" t="inlineStr">
         <is>
-          <t>Мова і література (китайська)</t>
+          <t>Мова і література (німецька)</t>
         </is>
       </c>
       <c r="G249" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H249" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I249" s="9"/>
       <c r="J249" s="7" t="inlineStr">
         <is>
           <t>УД 13021133</t>
         </is>
       </c>
       <c r="K249" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B250" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D250" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E250" s="6" t="n">
-        <v>86274</v>
+        <v>74441</v>
       </c>
       <c r="F250" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Мова і література (китайська)</t>
         </is>
       </c>
       <c r="G250" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H250" s="7" t="inlineStr">
         <is>
-          <t>- 13630</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I250" s="9"/>
       <c r="J250" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K250" s="9"/>
+          <t>УД 13021133</t>
+        </is>
+      </c>
+      <c r="K250" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B251" s="7" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
-          <t>Декоративне мистецтво та ремесла</t>
-[...2 lines deleted...]
-      <c r="D251" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D251" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E251" s="6" t="n">
-        <v>71157</v>
+        <v>86274</v>
       </c>
       <c r="F251" s="3" t="inlineStr">
         <is>
-          <t>Декоративно-прикладне мистецтво</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="G251" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H251" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I251" s="9"/>
+          <t>- 13630</t>
+        </is>
+      </c>
+      <c r="I251" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J251" s="7" t="inlineStr">
         <is>
-          <t>УД 13021119</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K251" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B252" s="7" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Декоративне мистецтво та ремесла</t>
+        </is>
+      </c>
+      <c r="D252" s="3"/>
       <c r="E252" s="6" t="n">
-        <v>86276</v>
+        <v>71157</v>
       </c>
       <c r="F252" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво</t>
+          <t>Декоративно-прикладне мистецтво</t>
         </is>
       </c>
       <c r="G252" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H252" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I252" s="9"/>
       <c r="J252" s="7" t="inlineStr">
         <is>
-          <t>УД 13021117</t>
+          <t>УД 13021119</t>
         </is>
       </c>
       <c r="K252" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B253" s="7" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D253" s="3"/>
+          <t>Образотворче мистецтво та реставрація</t>
+        </is>
+      </c>
+      <c r="D253" s="3" t="inlineStr">
+        <is>
+          <t>Візуальні мистецтва</t>
+        </is>
+      </c>
       <c r="E253" s="6" t="n">
-        <v>71151</v>
+        <v>86276</v>
       </c>
       <c r="F253" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="G253" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H253" s="7" t="inlineStr">
         <is>
-          <t>- 13631</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I253" s="9"/>
       <c r="J253" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K253" s="9"/>
+          <t>УД 13021117</t>
+        </is>
+      </c>
+      <c r="K253" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B254" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D254" s="3"/>
       <c r="E254" s="6" t="n">
-        <v>73369</v>
+        <v>71151</v>
       </c>
       <c r="F254" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G254" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H254" s="7" t="inlineStr">
         <is>
-          <t>- 13632</t>
+          <t>- 13631</t>
         </is>
       </c>
       <c r="I254" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J254" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K254" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B255" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
-[...2 lines deleted...]
-      <c r="D255" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D255" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E255" s="6" t="n">
-        <v>72088</v>
+        <v>73369</v>
       </c>
       <c r="F255" s="3" t="inlineStr">
         <is>
-          <t>Прикладна політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G255" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H255" s="7" t="inlineStr">
         <is>
-          <t>- 13633</t>
+          <t>- 13632</t>
         </is>
       </c>
       <c r="I255" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J255" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K255" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B256" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C256" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D256" s="3"/>
       <c r="E256" s="6" t="n">
-        <v>72166</v>
+        <v>72088</v>
       </c>
       <c r="F256" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Прикладна політологія</t>
         </is>
       </c>
       <c r="G256" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H256" s="7" t="inlineStr">
         <is>
-          <t>- 13634</t>
+          <t>- 19604</t>
         </is>
       </c>
       <c r="I256" s="9" t="n">
-        <v>47665</v>
+        <v>46344</v>
       </c>
       <c r="J256" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K256" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B257" s="7" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C257" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D257" s="3"/>
       <c r="E257" s="6" t="n">
-        <v>72076</v>
+        <v>72166</v>
       </c>
       <c r="F257" s="3" t="inlineStr">
         <is>
-          <t>Прикладна соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="G257" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H257" s="7" t="inlineStr">
         <is>
-          <t>- 17840</t>
+          <t>- 13634</t>
         </is>
       </c>
       <c r="I257" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J257" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K257" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B258" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C258" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D258" s="3"/>
       <c r="E258" s="6" t="n">
-        <v>74421</v>
+        <v>72076</v>
       </c>
       <c r="F258" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Прикладна соціологія</t>
         </is>
       </c>
       <c r="G258" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H258" s="7" t="inlineStr">
         <is>
-          <t>- 13635</t>
+          <t>- 17840</t>
         </is>
       </c>
       <c r="I258" s="9" t="n">
-        <v>47300</v>
+        <v>47665</v>
       </c>
       <c r="J258" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K258" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B259" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D259" s="3"/>
       <c r="E259" s="6" t="n">
-        <v>73366</v>
+        <v>74421</v>
       </c>
       <c r="F259" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="G259" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H259" s="7" t="inlineStr">
         <is>
-          <t>- 13636</t>
+          <t>- 13635</t>
         </is>
       </c>
       <c r="I259" s="9" t="n">
-        <v>46569</v>
+        <v>47300</v>
       </c>
       <c r="J259" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K259" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B260" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D260" s="3"/>
       <c r="E260" s="6" t="n">
-        <v>73246</v>
+        <v>73366</v>
       </c>
       <c r="F260" s="3" t="inlineStr">
         <is>
-          <t>Управління закладом освіти</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G260" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H260" s="7" t="inlineStr">
         <is>
-          <t>- 13655</t>
+          <t>- 13636</t>
         </is>
       </c>
       <c r="I260" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J260" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K260" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B261" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C261" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D261" s="3"/>
       <c r="E261" s="6" t="n">
-        <v>73370</v>
+        <v>73246</v>
       </c>
       <c r="F261" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент організацій і адміністрування</t>
+          <t>Управління закладом освіти</t>
         </is>
       </c>
       <c r="G261" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H261" s="7" t="inlineStr">
         <is>
-          <t>- 13637</t>
+          <t>- 13655</t>
         </is>
       </c>
       <c r="I261" s="9" t="n">
-        <v>47665</v>
+        <v>46935</v>
       </c>
       <c r="J261" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K261" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B262" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D262" s="3"/>
       <c r="E262" s="6" t="n">
-        <v>73242</v>
+        <v>73370</v>
       </c>
       <c r="F262" s="3" t="inlineStr">
         <is>
-          <t>Територіальне управління та місцеве самоврядування</t>
+          <t>Менеджмент організацій і адміністрування</t>
         </is>
       </c>
       <c r="G262" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H262" s="7" t="inlineStr">
         <is>
-          <t>- 17848</t>
+          <t>- 13637</t>
         </is>
       </c>
       <c r="I262" s="9" t="n">
-        <v>46155</v>
+        <v>47665</v>
       </c>
       <c r="J262" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K262" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B263" s="7" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D263" s="3"/>
       <c r="E263" s="6" t="n">
-        <v>73257</v>
+        <v>73242</v>
       </c>
       <c r="F263" s="3" t="inlineStr">
         <is>
-          <t>Товарознавство та експертиза в митній справі</t>
+          <t>Територіальне управління та місцеве самоврядування</t>
         </is>
       </c>
       <c r="G263" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H263" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I263" s="9"/>
+          <t>- 19601</t>
+        </is>
+      </c>
+      <c r="I263" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J263" s="7" t="inlineStr">
         <is>
-          <t>УД 13021127</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K263" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B264" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D264" s="3"/>
       <c r="E264" s="6" t="n">
-        <v>72149</v>
+        <v>73257</v>
       </c>
       <c r="F264" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Товарознавство та експертиза в митній справі</t>
         </is>
       </c>
       <c r="G264" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H264" s="7" t="inlineStr">
         <is>
-          <t>- 13638</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I264" s="9"/>
       <c r="J264" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K264" s="9"/>
+          <t>УД 13021127</t>
+        </is>
+      </c>
+      <c r="K264" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B265" s="7" t="inlineStr">
         <is>
-          <t>E4</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C265" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D265" s="3"/>
       <c r="E265" s="6" t="n">
-        <v>72151</v>
+        <v>72149</v>
       </c>
       <c r="F265" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G265" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H265" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I265" s="9"/>
+          <t>- 13638</t>
+        </is>
+      </c>
+      <c r="I265" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J265" s="7" t="inlineStr">
         <is>
-          <t>УД 13021140</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K265" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B266" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>E4</t>
         </is>
       </c>
       <c r="C266" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D266" s="3"/>
       <c r="E266" s="6" t="n">
-        <v>74345</v>
+        <v>72151</v>
       </c>
       <c r="F266" s="3" t="inlineStr">
         <is>
-          <t>Мультимедійні системи</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="G266" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H266" s="7" t="inlineStr">
         <is>
-          <t>- 13639</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I266" s="9"/>
       <c r="J266" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K266" s="9"/>
+          <t>УД 13021140</t>
+        </is>
+      </c>
+      <c r="K266" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B267" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C267" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D267" s="3"/>
       <c r="E267" s="6" t="n">
-        <v>74351</v>
+        <v>74345</v>
       </c>
       <c r="F267" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні науки</t>
+          <t>Мультимедійні системи</t>
         </is>
       </c>
       <c r="G267" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H267" s="7" t="inlineStr">
         <is>
-          <t>- 13656</t>
+          <t>- 19603</t>
         </is>
       </c>
       <c r="I267" s="9" t="n">
-        <v>46569</v>
+        <v>46379</v>
       </c>
       <c r="J267" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K267" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B268" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C268" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D268" s="3"/>
       <c r="E268" s="6" t="n">
-        <v>74356</v>
+        <v>74351</v>
       </c>
       <c r="F268" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерні мережі</t>
+          <t>Комп’ютерні науки</t>
         </is>
       </c>
       <c r="G268" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H268" s="7" t="inlineStr">
         <is>
-          <t>- 13640</t>
+          <t>- 13656</t>
         </is>
       </c>
       <c r="I268" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J268" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K268" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B269" s="7" t="inlineStr">
         <is>
-          <t>H1</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C269" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D269" s="3"/>
       <c r="E269" s="6" t="n">
-        <v>72152</v>
+        <v>74356</v>
       </c>
       <c r="F269" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Комп’ютерні мережі</t>
         </is>
       </c>
       <c r="G269" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H269" s="7" t="inlineStr">
         <is>
-          <t>- 17845</t>
+          <t>- 13640</t>
         </is>
       </c>
       <c r="I269" s="9" t="n">
-        <v>47665</v>
+        <v>46204</v>
       </c>
       <c r="J269" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K269" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B270" s="7" t="inlineStr">
         <is>
-          <t>H3</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C270" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D270" s="3"/>
       <c r="E270" s="6" t="n">
-        <v>72153</v>
+        <v>72152</v>
       </c>
       <c r="F270" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="G270" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H270" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I270" s="9"/>
+          <t>- 17845</t>
+        </is>
+      </c>
+      <c r="I270" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J270" s="7" t="inlineStr">
         <is>
-          <t>УД 13021141</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K270" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B271" s="7" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>H3</t>
         </is>
       </c>
       <c r="C271" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D271" s="3"/>
       <c r="E271" s="6" t="n">
-        <v>72173</v>
+        <v>72153</v>
       </c>
       <c r="F271" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування. Психосоціальні послуги</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="G271" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H271" s="7" t="inlineStr">
         <is>
-          <t>- 13657</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I271" s="9"/>
       <c r="J271" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K271" s="9"/>
+          <t>УД 13021141</t>
+        </is>
+      </c>
+      <c r="K271" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B272" s="7" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C272" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота та консультування</t>
+        </is>
+      </c>
+      <c r="D272" s="3"/>
       <c r="E272" s="6" t="n">
-        <v>72069</v>
+        <v>72173</v>
       </c>
       <c r="F272" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія</t>
+          <t>Соціальна робота та консультування. Психосоціальні послуги</t>
         </is>
       </c>
       <c r="G272" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H272" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I272" s="9"/>
+          <t>- 13657</t>
+        </is>
+      </c>
+      <c r="I272" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J272" s="7" t="inlineStr">
         <is>
-          <t>УД 13021131</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K272" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B273" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C273" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
-[...2 lines deleted...]
-      <c r="D273" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D273" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E273" s="6" t="n">
-        <v>73273</v>
+        <v>72069</v>
       </c>
       <c r="F273" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Фізична терапія</t>
         </is>
       </c>
       <c r="G273" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H273" s="7" t="inlineStr">
         <is>
-          <t>- 13642</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I273" s="9"/>
       <c r="J273" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K273" s="9"/>
+          <t>УД 13021131</t>
+        </is>
+      </c>
+      <c r="K273" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Магістр</t>
         </is>
       </c>
       <c r="B274" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C274" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D274" s="3"/>
       <c r="E274" s="6" t="n">
-        <v>36972</v>
+        <v>73273</v>
       </c>
       <c r="F274" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="G274" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-наукова</t>
+          <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H274" s="7" t="inlineStr">
         <is>
-          <t>- 2116</t>
+          <t>- 19602</t>
         </is>
       </c>
       <c r="I274" s="9" t="n">
-        <v>46569</v>
+        <v>46358</v>
       </c>
       <c r="J274" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K274" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B275" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C275" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D275" s="3"/>
       <c r="E275" s="6" t="n">
-        <v>28837</v>
+        <v>36972</v>
       </c>
       <c r="F275" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта (за спеціалізаціями)</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G275" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H275" s="7" t="inlineStr">
         <is>
-          <t>- 3081</t>
+          <t>- 2116</t>
         </is>
       </c>
       <c r="I275" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J275" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K275" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B276" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C276" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D276" s="3"/>
       <c r="E276" s="6" t="n">
-        <v>28838</v>
+        <v>28837</v>
       </c>
       <c r="F276" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Професійна освіта (за спеціалізаціями)</t>
         </is>
       </c>
       <c r="G276" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H276" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I276" s="9"/>
+          <t>- 3081</t>
+        </is>
+      </c>
+      <c r="I276" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J276" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K276" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B277" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C277" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D277" s="3"/>
       <c r="E277" s="6" t="n">
-        <v>36977</v>
+        <v>28838</v>
       </c>
       <c r="F277" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G277" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H277" s="7" t="inlineStr">
         <is>
-          <t>- 11305</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I277" s="9"/>
       <c r="J277" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K277" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B278" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C278" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D278" s="3"/>
       <c r="E278" s="6" t="n">
-        <v>36975</v>
+        <v>36977</v>
       </c>
       <c r="F278" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G278" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H278" s="7" t="inlineStr">
         <is>
-          <t>- 18737</t>
+          <t>- 11305</t>
         </is>
       </c>
       <c r="I278" s="9" t="n">
-        <v>46309</v>
+        <v>46134</v>
       </c>
       <c r="J278" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K278" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B279" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C279" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D279" s="3"/>
       <c r="E279" s="6" t="n">
-        <v>28845</v>
+        <v>36975</v>
       </c>
       <c r="F279" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="G279" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H279" s="7" t="inlineStr">
         <is>
-          <t>- 18647</t>
+          <t>- 18737</t>
         </is>
       </c>
       <c r="I279" s="9" t="n">
-        <v>46288</v>
+        <v>46309</v>
       </c>
       <c r="J279" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K279" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B280" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C280" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D280" s="3"/>
       <c r="E280" s="6" t="n">
-        <v>28846</v>
+        <v>28845</v>
       </c>
       <c r="F280" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G280" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H280" s="7" t="inlineStr">
         <is>
-          <t>- 11321</t>
+          <t>- 18647</t>
         </is>
       </c>
       <c r="I280" s="9" t="n">
-        <v>46134</v>
+        <v>46288</v>
       </c>
       <c r="J280" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K280" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B281" s="7" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C281" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D281" s="3"/>
       <c r="E281" s="6" t="n">
-        <v>28847</v>
+        <v>28846</v>
       </c>
       <c r="F281" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G281" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H281" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I281" s="9"/>
+          <t>- 11321</t>
+        </is>
+      </c>
+      <c r="I281" s="9" t="n">
+        <v>46134</v>
+      </c>
       <c r="J281" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K281" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B282" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C282" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D282" s="3"/>
       <c r="E282" s="6" t="n">
-        <v>63964</v>
+        <v>28847</v>
       </c>
       <c r="F282" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="G282" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H282" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I282" s="9"/>
       <c r="J282" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K282" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B283" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C283" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D283" s="3"/>
       <c r="E283" s="6" t="n">
-        <v>28848</v>
+        <v>63964</v>
       </c>
       <c r="F283" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G283" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H283" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I283" s="9"/>
       <c r="J283" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K283" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B284" s="7" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C284" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D284" s="3"/>
       <c r="E284" s="6" t="n">
-        <v>28849</v>
+        <v>28848</v>
       </c>
       <c r="F284" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G284" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H284" s="7" t="inlineStr">
         <is>
-          <t>- 2334</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I284" s="9"/>
       <c r="J284" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K284" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B285" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C285" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D285" s="3"/>
       <c r="E285" s="6" t="n">
-        <v>28850</v>
+        <v>28849</v>
       </c>
       <c r="F285" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="G285" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H285" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I285" s="9"/>
+          <t>- 2334</t>
+        </is>
+      </c>
+      <c r="I285" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J285" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K285" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B286" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C286" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D286" s="3"/>
       <c r="E286" s="6" t="n">
-        <v>28851</v>
+        <v>28850</v>
       </c>
       <c r="F286" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="G286" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H286" s="7" t="inlineStr">
         <is>
-          <t>- 2241</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I286" s="9"/>
       <c r="J286" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K286" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B287" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C287" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D287" s="3"/>
       <c r="E287" s="6" t="n">
-        <v>28852</v>
+        <v>28851</v>
       </c>
       <c r="F287" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G287" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H287" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I287" s="9"/>
+          <t>- 2241</t>
+        </is>
+      </c>
+      <c r="I287" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J287" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K287" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B288" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C288" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D288" s="3"/>
       <c r="E288" s="6" t="n">
-        <v>87531</v>
+        <v>28852</v>
       </c>
       <c r="F288" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G288" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H288" s="7" t="inlineStr">
         <is>
-          <t>- 17852</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I288" s="9"/>
       <c r="J288" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K288" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B289" s="7" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C289" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D289" s="3"/>
       <c r="E289" s="6" t="n">
-        <v>72176</v>
+        <v>87531</v>
       </c>
       <c r="F289" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G289" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H289" s="7" t="inlineStr">
         <is>
-          <t>- 13661</t>
+          <t>- 17852</t>
         </is>
       </c>
       <c r="I289" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J289" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K289" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B290" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C290" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D290" s="3"/>
       <c r="E290" s="6" t="n">
-        <v>72180</v>
+        <v>72176</v>
       </c>
       <c r="F290" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="G290" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H290" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I290" s="9"/>
+          <t>- 13661</t>
+        </is>
+      </c>
+      <c r="I290" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J290" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K290" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B291" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C291" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D291" s="3"/>
       <c r="E291" s="6" t="n">
-        <v>72158</v>
+        <v>72180</v>
       </c>
       <c r="F291" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="G291" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H291" s="7" t="inlineStr">
         <is>
-          <t>- 17847</t>
+          <t>- 19605</t>
         </is>
       </c>
       <c r="I291" s="9" t="n">
-        <v>46134</v>
+        <v>46309</v>
       </c>
       <c r="J291" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K291" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B292" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C292" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D292" s="3"/>
       <c r="E292" s="6" t="n">
-        <v>72196</v>
+        <v>72158</v>
       </c>
       <c r="F292" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G292" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H292" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I292" s="9"/>
+          <t>- 17847</t>
+        </is>
+      </c>
+      <c r="I292" s="9" t="n">
+        <v>46134</v>
+      </c>
       <c r="J292" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K292" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B293" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C293" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D293" s="3"/>
       <c r="E293" s="6" t="n">
-        <v>72156</v>
+        <v>72196</v>
       </c>
       <c r="F293" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G293" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H293" s="7" t="inlineStr">
         <is>
-          <t>- 17846</t>
+          <t>- 19606</t>
         </is>
       </c>
       <c r="I293" s="9" t="n">
-        <v>46134</v>
+        <v>46288</v>
       </c>
       <c r="J293" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K293" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B294" s="7" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C294" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D294" s="3"/>
       <c r="E294" s="6" t="n">
-        <v>72181</v>
+        <v>72156</v>
       </c>
       <c r="F294" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G294" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H294" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I294" s="9"/>
+          <t>- 17846</t>
+        </is>
+      </c>
+      <c r="I294" s="9" t="n">
+        <v>46134</v>
+      </c>
       <c r="J294" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K294" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B295" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C295" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D295" s="3"/>
       <c r="E295" s="6" t="n">
-        <v>72182</v>
+        <v>72181</v>
       </c>
       <c r="F295" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="G295" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H295" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I295" s="9"/>
       <c r="J295" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K295" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B296" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C296" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D296" s="3"/>
       <c r="E296" s="6" t="n">
-        <v>72183</v>
+        <v>72182</v>
       </c>
       <c r="F296" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G296" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H296" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I296" s="9"/>
       <c r="J296" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K296" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="297">
       <c r="A297" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B297" s="7" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C297" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D297" s="3"/>
       <c r="E297" s="6" t="n">
-        <v>72184</v>
+        <v>72183</v>
       </c>
       <c r="F297" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G297" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H297" s="7" t="inlineStr">
         <is>
-          <t>- 13645</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I297" s="9"/>
       <c r="J297" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K297" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="298">
       <c r="A298" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B298" s="7" t="inlineStr">
         <is>
-          <t>H1</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C298" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D298" s="3"/>
       <c r="E298" s="6" t="n">
-        <v>72185</v>
+        <v>72184</v>
       </c>
       <c r="F298" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="G298" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H298" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I298" s="9"/>
+          <t>- 13645</t>
+        </is>
+      </c>
+      <c r="I298" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J298" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K298" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B299" s="7" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C299" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D299" s="3"/>
       <c r="E299" s="6" t="n">
+        <v>72185</v>
+      </c>
+      <c r="F299" s="3" t="inlineStr">
+        <is>
+          <t>Агрономія</t>
+        </is>
+      </c>
+      <c r="G299" s="3" t="inlineStr">
+        <is>
+          <t>Освітньо-наукова</t>
+        </is>
+      </c>
+      <c r="H299" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I299" s="9"/>
+      <c r="J299" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K299" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="300">
+      <c r="A300" s="3" t="inlineStr">
+        <is>
+          <t>Доктор філософії</t>
+        </is>
+      </c>
+      <c r="B300" s="7" t="inlineStr">
+        <is>
+          <t>I10</t>
+        </is>
+      </c>
+      <c r="C300" s="3" t="inlineStr">
+        <is>
+          <t>Соціальна робота та консультування</t>
+        </is>
+      </c>
+      <c r="D300" s="3"/>
+      <c r="E300" s="6" t="n">
         <v>87532</v>
       </c>
-      <c r="F299" s="3" t="inlineStr">
+      <c r="F300" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
-      <c r="G299" s="3" t="inlineStr">
+      <c r="G300" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
-      <c r="H299" s="7" t="inlineStr">
+      <c r="H300" s="7" t="inlineStr">
         <is>
           <t>- 17851</t>
         </is>
       </c>
-      <c r="I299" s="9" t="n">
+      <c r="I300" s="9" t="n">
         <v>46569</v>
       </c>
-      <c r="J299" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K299" s="9"/>
+      <c r="J300" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K300" s="9"/>
     </row>
   </sheetData>
-  <autoFilter ref="A1:K299"/>
+  <autoFilter ref="A1:K300"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I218"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -16114,51 +16167,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>66</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -16329,51 +16382,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -16543,51 +16596,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
@@ -16642,54 +16695,54 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -16708,51 +16761,51 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -16777,51 +16830,51 @@
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -17038,51 +17091,51 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
@@ -17104,51 +17157,51 @@
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
@@ -17207,54 +17260,54 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -17317,51 +17370,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -17869,54 +17922,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -17976,3860 +18029,3860 @@
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
-          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
+          <t>Транспорт</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
-        <v>71</v>
+        <v>0</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
-          <t>Транспорт</t>
+          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E62" s="6" t="n">
-        <v>121</v>
+        <v>70</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D63" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Транспорт</t>
         </is>
       </c>
       <c r="E63" s="6" t="n">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="F63" s="6" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E64" s="6" t="n">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D65" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D65" s="3" t="inlineStr">
+        <is>
+          <t>Олігофренопедагогіка</t>
+        </is>
+      </c>
       <c r="E65" s="6" t="n">
-        <v>125</v>
+        <v>3</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
-          <t>021</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та виробництво</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>24</v>
+        <v>122</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>0</v>
+        <v>34</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>021</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Аудіовізуальне мистецтво та виробництво</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>1</v>
+        <v>23</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
-      <c r="D68" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>52</v>
+        <v>1</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
-[...2 lines deleted...]
-      <c r="D69" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D69" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E69" s="6" t="n">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
-          <t>024</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Хореографія</t>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>024</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Хореографія</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
-          <t>029</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Інформаційна, бібліотечна та архівна справа</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>029</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
         <is>
-          <t>східні мови та літератури (переклад включно), перша - китайська</t>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E75" s="6" t="n">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D76" s="3" t="inlineStr">
         <is>
-          <t>східні мови та літератури (переклад включно), перша - японська</t>
+          <t>східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E76" s="6" t="n">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
-[...2 lines deleted...]
-      <c r="D77" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D77" s="3" t="inlineStr">
+        <is>
+          <t>східні мови та літератури (переклад включно), перша - японська</t>
+        </is>
+      </c>
       <c r="E77" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>42</v>
+        <v>0</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>0</v>
+        <v>45</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>2</v>
+        <v>48</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>48</v>
+        <v>10</v>
       </c>
       <c r="F84" s="6" t="n">
-        <v>30</v>
+        <v>5</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="F89" s="6" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
-          <t>103</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>103</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
-        <v>63</v>
+        <v>34</v>
       </c>
       <c r="F91" s="6" t="n">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>30</v>
+        <v>61</v>
       </c>
       <c r="F92" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="F94" s="6" t="n">
-        <v>46</v>
+        <v>1</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
-          <t>Лісове господарство</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>2</v>
+        <v>58</v>
       </c>
       <c r="F95" s="6" t="n">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>205</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F96" s="6" t="n">
-        <v>7</v>
+        <v>33</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>206</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Садово-паркове господарство</t>
+        </is>
+      </c>
+      <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
-          <t>Фізична терапія, ерготерапія</t>
-[...2 lines deleted...]
-      <c r="D98" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D98" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E98" s="6" t="n">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="F98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
-        <v>157</v>
+        <v>8</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>98</v>
+        <v>0</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>7</v>
+        <v>150</v>
       </c>
       <c r="F100" s="6" t="n">
-        <v>0</v>
+        <v>98</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
-          <t>Туризм</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
         <v>7</v>
       </c>
       <c r="F101" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Туризм</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="F103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
-          <t>6.010201</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
-          <t>фізичне виховання</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="F104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
-          <t>6.010203</t>
+          <t>6.010201</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
-          <t>здоров’я людини</t>
+          <t>фізичне виховання</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G105" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>6.010203</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>здоров’я людини</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="F106" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G106" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E110" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D111" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E111" s="6" t="n">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D112" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E112" s="6" t="n">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="F112" s="6" t="n">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E113" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F113" s="6" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D114" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E114" s="6" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F114" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E115" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F115" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D116" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E116" s="6" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>31</v>
+        <v>3</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D117" s="3" t="inlineStr">
         <is>
-          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E117" s="6" t="n">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="F117" s="6" t="n">
-        <v>3</v>
+        <v>31</v>
       </c>
       <c r="G117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D118" s="3" t="inlineStr">
         <is>
-          <t>Транспорт</t>
+          <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E118" s="6" t="n">
-        <v>17</v>
+        <v>8</v>
       </c>
       <c r="F118" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Транспорт</t>
         </is>
       </c>
       <c r="E119" s="6" t="n">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="F119" s="6" t="n">
-        <v>42</v>
+        <v>5</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D120" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D120" s="3" t="inlineStr">
+        <is>
+          <t>Логопедія</t>
+        </is>
+      </c>
       <c r="E120" s="6" t="n">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="F120" s="6" t="n">
-        <v>22</v>
+        <v>42</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
-          <t>B1</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та медіавиробництво</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D121" s="3"/>
       <c r="E121" s="6" t="n">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="F121" s="6" t="n">
-        <v>0</v>
+        <v>22</v>
       </c>
       <c r="G121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H121" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B1</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Аудіовізуальне мистецтво та медіавиробництво</t>
         </is>
       </c>
       <c r="D122" s="3" t="inlineStr">
         <is>
-          <t>Східні мови та літератури (переклад включно), перша - китайська</t>
+          <t>Кіно-, медіавиробництво</t>
         </is>
       </c>
       <c r="E122" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D123" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Східні мови та літератури (переклад включно), перша - китайська</t>
         </is>
       </c>
       <c r="E123" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D124" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E124" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F124" s="6" t="n">
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="G124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H124" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I124" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="7" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D125" s="3" t="inlineStr">
         <is>
-          <t>Графічний дизайн</t>
+          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E125" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F125" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="7" t="inlineStr">
         <is>
-          <t>B3</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
-          <t>Декоративне мистецтво та ремесла</t>
-[...2 lines deleted...]
-      <c r="D126" s="3"/>
+          <t>Дизайн</t>
+        </is>
+      </c>
+      <c r="D126" s="3" t="inlineStr">
+        <is>
+          <t>Графічний дизайн</t>
+        </is>
+      </c>
       <c r="E126" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="7" t="inlineStr">
         <is>
-          <t>B4</t>
+          <t>B3</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво та реставрація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Декоративне мистецтво та ремесла</t>
+        </is>
+      </c>
+      <c r="D127" s="3"/>
       <c r="E127" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="7" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>B4</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
-[...2 lines deleted...]
-      <c r="D128" s="3"/>
+          <t>Образотворче мистецтво та реставрація</t>
+        </is>
+      </c>
+      <c r="D128" s="3" t="inlineStr">
+        <is>
+          <t>Візуальні мистецтва</t>
+        </is>
+      </c>
       <c r="E128" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C129" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D129" s="3"/>
       <c r="E129" s="6" t="n">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F129" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
-[...2 lines deleted...]
-      <c r="D130" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D130" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E130" s="6" t="n">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F130" s="6" t="n">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>164</v>
+        <v>8</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
-          <t>C5</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="F132" s="6" t="n">
-        <v>0</v>
+        <v>159</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>C5</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D134" s="3"/>
       <c r="E134" s="6" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="F135" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="F138" s="6" t="n">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
-          <t>E4</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Науки про Землю</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
+        <v>15</v>
+      </c>
+      <c r="F139" s="6" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="7" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>E4</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Науки про Землю</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>H1</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>H3</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>H3</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>I7</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота та консультування</t>
+        </is>
+      </c>
+      <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>J3</t>
+          <t>I7</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Туризм та рекреація</t>
-[...2 lines deleted...]
-      <c r="D147" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D147" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E147" s="6" t="n">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>J3</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
+        <v>11</v>
+      </c>
+      <c r="F149" s="6" t="n">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D152" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E152" s="6" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D153" s="3" t="inlineStr">
         <is>
-          <t>Німецька мова та зарубіжна література</t>
+          <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E153" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F153" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D154" s="3" t="inlineStr">
         <is>
-          <t>Історія</t>
+          <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E154" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F154" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D155" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Історія</t>
         </is>
       </c>
       <c r="E155" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D156" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E156" s="6" t="n">
+        <v>5</v>
+      </c>
+      <c r="F156" s="6" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>8</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D157" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E157" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F157" s="6" t="n">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D158" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E158" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D159" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E159" s="6" t="n">
+        <v>1</v>
+      </c>
+      <c r="F159" s="6" t="n">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D160" s="3" t="inlineStr">
         <is>
-          <t>Технології</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E160" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D161" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Технології</t>
         </is>
       </c>
       <c r="E161" s="6" t="n">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F161" s="6" t="n">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D162" s="3" t="inlineStr">
         <is>
-          <t>Транспорт</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E162" s="6" t="n">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F162" s="6" t="n">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D163" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Транспорт</t>
         </is>
       </c>
       <c r="E163" s="6" t="n">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F163" s="6" t="n">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D164" s="3" t="inlineStr">
         <is>
-          <t>Олігофренопедагогіка</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E164" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="F164" s="6" t="n">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D165" s="3" t="inlineStr">
         <is>
-          <t>Корекційна психопедагогіка</t>
+          <t>Олігофренопедагогіка</t>
         </is>
       </c>
       <c r="E165" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F165" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D166" s="3"/>
+          <t>Спеціальна освіта</t>
+        </is>
+      </c>
+      <c r="D166" s="3" t="inlineStr">
+        <is>
+          <t>Корекційна психопедагогіка</t>
+        </is>
+      </c>
       <c r="E166" s="6" t="n">
-        <v>55</v>
+        <v>1</v>
       </c>
       <c r="F166" s="6" t="n">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>021</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Аудіовізуальне мистецтво та виробництво</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>5</v>
+        <v>53</v>
       </c>
       <c r="F167" s="6" t="n">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>021</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Аудіовізуальне мистецтво та виробництво</t>
+        </is>
+      </c>
+      <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F168" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F169" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F170" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F171" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
@@ -21885,51 +21938,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D174" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E174" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F174" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -22029,84 +22082,84 @@
       <c r="H177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F178" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I178" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F179" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I179" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -22161,150 +22214,150 @@
       <c r="H181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I181" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F183" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F184" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I184" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F185" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I185" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
@@ -22329,81 +22382,81 @@
       <c r="I186" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F187" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I187" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="7" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F188" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I188" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="7" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
@@ -22425,117 +22478,117 @@
       <c r="H189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I189" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="7" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I190" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B191" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F191" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I191" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F192" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I192" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -22557,121 +22610,121 @@
       <c r="H193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I193" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F194" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I194" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F195" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I195" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B196" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D196" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E196" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I196" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -22697,54 +22750,54 @@
       <c r="H197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I197" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B198" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F198" s="6" t="n">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I198" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B199" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
@@ -22763,51 +22816,51 @@
       <c r="H199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I199" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F200" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I200" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B201" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -23060,87 +23113,87 @@
       <c r="H208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I208" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="F209" s="6" t="n">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="G209" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H209" s="6" t="n">
         <v>2</v>
       </c>
       <c r="I209" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F210" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H210" s="6" t="n">
         <v>3</v>
       </c>
       <c r="I210" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
@@ -23228,51 +23281,51 @@
       <c r="I213" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F214" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H214" s="6" t="n">
         <v>1</v>
       </c>
       <c r="I214" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -23324,51 +23377,51 @@
       <c r="H216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I216" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B217" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F217" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I217" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>