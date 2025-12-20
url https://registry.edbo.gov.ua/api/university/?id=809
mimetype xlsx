--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -3258,51 +3258,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -3456,84 +3456,84 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>