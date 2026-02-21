--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -2431,94 +2431,96 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
         <v>57679</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Комерційна логістика та організація підприємництва</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I13" s="9"/>
+          <t>ДО 006907</t>
+        </is>
+      </c>
+      <c r="I13" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
         <v>42015</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Технологія зварювального виробництва та контроль якості зварних конструкцій</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="7" t="inlineStr">
         <is>
-          <t>ДО 002489</t>
+          <t>ДО 006906</t>
         </is>
       </c>
       <c r="I14" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D15" s="3"/>
@@ -2591,94 +2593,96 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
         <v>57678</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Діагностування, сервісне обслуговування та ремонт двигунів внутрішнього згоряння</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I17" s="9"/>
+          <t>ДО 006905</t>
+        </is>
+      </c>
+      <c r="I17" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>42459</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Експлуатація та налагоджування електроустаткування та систем електрозабезпечення</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t>ДО 002487</t>
+          <t>ДО 006904</t>
         </is>
       </c>
       <c r="I18" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Метрологія та інформаційно-вимірювальна техніка</t>
         </is>
       </c>
       <c r="D19" s="3"/>
@@ -2749,55 +2753,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
         <v>42460</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Обслуговування транспорту та організація автомобільних вантажних перевезень</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
-          <t>ДО 002488</t>
+          <t>ДО 006908</t>
         </is>
       </c>
       <c r="I21" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D22" s="3"/>
@@ -2831,54 +2835,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
         <v>57677</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Технічне обслуговування та ремонт автомобільного транспорту</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I23" s="9"/>
+          <t>ДО 006909</t>
+        </is>
+      </c>
+      <c r="I23" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J23" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
@@ -3390,117 +3396,117 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
@@ -3522,51 +3528,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>