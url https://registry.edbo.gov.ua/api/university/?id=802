--- v0 (2025-10-27)
+++ v1 (2026-01-25)
@@ -2196,88 +2196,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
@@ -2303,51 +2303,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>