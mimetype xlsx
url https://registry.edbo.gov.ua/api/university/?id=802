--- v1 (2026-01-25)
+++ v2 (2026-03-18)
@@ -2303,51 +2303,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
@@ -2447,51 +2447,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E10" s="8" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>