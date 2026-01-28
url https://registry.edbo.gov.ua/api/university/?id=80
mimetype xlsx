--- v0 (2025-12-08)
+++ v1 (2026-01-28)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПТО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$89</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$84</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$77</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -3083,55 +3083,55 @@
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>27457</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="G42" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H42" s="7" t="inlineStr">
         <is>
-          <t>УД 04003235</t>
+          <t>- 19741</t>
         </is>
       </c>
       <c r="I42" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J42" s="7" t="inlineStr">
         <is>
           <t>УД 04005060</t>
         </is>
       </c>
       <c r="K42" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
@@ -3355,55 +3355,55 @@
         <is>
           <t>207</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>27207</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="G48" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H48" s="7" t="inlineStr">
         <is>
-          <t>- 10284</t>
+          <t>- 19554</t>
         </is>
       </c>
       <c r="I48" s="9" t="n">
-        <v>46050</v>
+        <v>48030</v>
       </c>
       <c r="J48" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D49" s="3"/>
@@ -3987,55 +3987,55 @@
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>69875</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="G62" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H62" s="7" t="inlineStr">
         <is>
-          <t>УД 04003235</t>
+          <t>- 19741</t>
         </is>
       </c>
       <c r="I62" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J62" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K62" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D63" s="3"/>
@@ -4212,56 +4212,54 @@
         <is>
           <t>H5</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
         <v>69888</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H67" s="7" t="inlineStr">
         <is>
-          <t>- 11099</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I67" s="9"/>
       <c r="J67" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K67" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
@@ -5220,51 +5218,51 @@
       </c>
       <c r="J89" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K89" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K89"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I84"/>
+  <dimension ref="A1:I77"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -5639,51 +5637,51 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>49</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
@@ -5939,84 +5937,84 @@
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>210</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -6035,51 +6033,51 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>59</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
@@ -6167,51 +6165,51 @@
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>583</v>
+        <v>582</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>139</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
@@ -6299,54 +6297,54 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -6854,1232 +6852,1001 @@
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>50</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>23</v>
+        <v>6</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>194</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>204</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>59</v>
+        <v>0</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>206</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>208</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>31</v>
+        <v>208</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
-          <t>194</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
-          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>16</v>
+        <v>180</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>212</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>20</v>
+        <v>2</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
-          <t>207</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Водні біоресурси та аквакультура</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
-          <t>208</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Агроінженерія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>108</v>
+        <v>1</v>
       </c>
       <c r="F62" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>209</v>
+        <v>1</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>180</v>
+        <v>2</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна гігієна, санітарія і експертиза</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>H2</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Тваринництво</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="F66" s="6" t="n">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>H6</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
-          <t>H1</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
-          <t>H2</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Тваринництво</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>1</v>
+        <v>42</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
-          <t>H6</t>
+          <t>204</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
-[...229 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I84"/>
+  <autoFilter ref="A1:I77"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>