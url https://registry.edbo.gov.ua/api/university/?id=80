--- v1 (2026-01-28)
+++ v2 (2026-03-21)
@@ -26,51 +26,51 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПТО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$5</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$89</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$80</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$77</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -416,51 +416,51 @@
         <is>
           <t>info@dsau.dp.ua, vstup@dsau.dp.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>http://www.dsau.dp.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Кобець Анатолій Степанович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -1065,51 +1065,51 @@
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>212</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G4" s="7" t="inlineStr">
         <is>
           <t> 1839</t>
         </is>
       </c>
       <c r="H4" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.05.2021 № 55-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
@@ -1298,51 +1298,51 @@
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D5" s="9" t="n">
         <v>47275</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K89"/>
+  <dimension ref="A1:K80"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -1579,51 +1579,51 @@
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>28210</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t>УД 04005030</t>
         </is>
       </c>
       <c r="K6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>28171</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -1737,98 +1737,98 @@
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>28184</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
           <t>- 1859</t>
         </is>
       </c>
       <c r="I10" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>28177</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Гідротехніка (водні ресурси)</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t>УД 04005032</t>
         </is>
       </c>
       <c r="K11" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>194</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>28188</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Водна інженерія та водні технології</t>
@@ -1983,51 +1983,51 @@
         <is>
           <t>207</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>27208</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
           <t>- 2828</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
@@ -2237,51 +2237,51 @@
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>69717</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t>УД 04019620</t>
         </is>
       </c>
       <c r="K22" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>69739</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -2475,51 +2475,51 @@
         <is>
           <t>G2</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>69724</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="7" t="inlineStr">
         <is>
           <t>- 11088</t>
         </is>
       </c>
       <c r="I28" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J28" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
@@ -2639,51 +2639,51 @@
         <is>
           <t>H5</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>69735</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
           <t>- 11092</t>
         </is>
       </c>
       <c r="I32" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D33" s="3"/>
@@ -2697,2556 +2697,2153 @@
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="7" t="inlineStr">
         <is>
           <t>- 11093</t>
         </is>
       </c>
       <c r="I33" s="9" t="n">
         <v>47300</v>
       </c>
       <c r="J33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>28228</v>
+        <v>28227</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G34" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H34" s="7" t="inlineStr">
         <is>
-          <t>УД 04003229</t>
+          <t>УД 04003234</t>
         </is>
       </c>
       <c r="I34" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J34" s="7" t="inlineStr">
         <is>
-          <t>УД 04003229</t>
+          <t>УД 04003234</t>
         </is>
       </c>
       <c r="K34" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>27168</v>
+        <v>25712</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G35" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H35" s="7" t="inlineStr">
         <is>
-          <t>УД 04003230</t>
+          <t>- 5026</t>
         </is>
       </c>
       <c r="I35" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>27167</v>
+        <v>27457</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G36" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H36" s="7" t="inlineStr">
         <is>
-          <t>УД 04003231</t>
+          <t>- 19741</t>
         </is>
       </c>
       <c r="I36" s="9" t="n">
+        <v>48030</v>
+      </c>
+      <c r="J36" s="7" t="inlineStr">
+        <is>
+          <t>УД 04005060</t>
+        </is>
+      </c>
+      <c r="K36" s="9" t="n">
         <v>46204</v>
       </c>
-      <c r="J36" s="7" t="inlineStr">
-[...4 lines deleted...]
-      <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>194</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>59281</v>
+        <v>59478</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Гідромеліорація</t>
         </is>
       </c>
       <c r="G37" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H37" s="7" t="inlineStr">
         <is>
-          <t>УД 04017878</t>
+          <t>- 9844</t>
         </is>
       </c>
       <c r="I37" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>204</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>27166</v>
+        <v>34152</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
-          <t>Управління фінансово-економічною безпекою</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="G38" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H38" s="7" t="inlineStr">
         <is>
-          <t>УД 04003232</t>
+          <t>- 10253</t>
         </is>
       </c>
       <c r="I38" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K38" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>206</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>28229</v>
+        <v>27269</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="G39" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H39" s="7" t="inlineStr">
         <is>
-          <t>УД 04003233</t>
+          <t>- 10285</t>
         </is>
       </c>
       <c r="I39" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J39" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>208</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>28227</v>
+        <v>27458</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Агроінженерія</t>
         </is>
       </c>
       <c r="G40" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H40" s="7" t="inlineStr">
         <is>
-          <t>УД 04003234</t>
+          <t>УД 04003239</t>
         </is>
       </c>
       <c r="I40" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J40" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K40" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>25712</v>
+        <v>28224</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G41" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H41" s="7" t="inlineStr">
         <is>
-          <t>- 5026</t>
+          <t>- 13845</t>
         </is>
       </c>
       <c r="I41" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>27457</v>
+        <v>59283</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G42" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H42" s="7" t="inlineStr">
         <is>
-          <t>- 19741</t>
+          <t>- 17099</t>
         </is>
       </c>
       <c r="I42" s="9" t="n">
-        <v>48030</v>
+        <v>47665</v>
       </c>
       <c r="J42" s="7" t="inlineStr">
         <is>
-          <t>УД 04005060</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>212</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>28231</v>
+        <v>28225</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
-          <t>Гідромеліорація</t>
+          <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="G43" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H43" s="7" t="inlineStr">
         <is>
-          <t>УД 04003236</t>
+          <t>- 1839</t>
         </is>
       </c>
       <c r="I43" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
-          <t>194</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
-          <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>59478</v>
+        <v>28230</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
-          <t>Гідромеліорація</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G44" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H44" s="7" t="inlineStr">
         <is>
-          <t>- 9844</t>
+          <t>УД 04003240</t>
         </is>
       </c>
       <c r="I44" s="9" t="n">
-        <v>47665</v>
+        <v>46752</v>
       </c>
       <c r="J44" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K44" s="9"/>
+          <t>УД 04003240</t>
+        </is>
+      </c>
+      <c r="K44" s="9" t="n">
+        <v>46752</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
-[...2 lines deleted...]
-      <c r="D45" s="3"/>
+          <t>Економіка та міжнародні економічні відносини</t>
+        </is>
+      </c>
+      <c r="D45" s="3" t="inlineStr">
+        <is>
+          <t>Економіка</t>
+        </is>
+      </c>
       <c r="E45" s="6" t="n">
-        <v>27267</v>
+        <v>87413</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G45" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H45" s="7" t="inlineStr">
         <is>
-          <t>- 10254</t>
+          <t>УД 04003229</t>
         </is>
       </c>
       <c r="I45" s="9" t="n">
-        <v>47665</v>
+        <v>46752</v>
       </c>
       <c r="J45" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>34152</v>
+        <v>69866</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G46" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H46" s="7" t="inlineStr">
         <is>
-          <t>- 10253</t>
+          <t>УД 04003230</t>
         </is>
       </c>
       <c r="I46" s="9" t="n">
-        <v>47665</v>
+        <v>46752</v>
       </c>
       <c r="J46" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>27269</v>
+        <v>69867</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G47" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H47" s="7" t="inlineStr">
         <is>
-          <t>- 10285</t>
+          <t>УД 04017878</t>
         </is>
       </c>
       <c r="I47" s="9" t="n">
-        <v>47665</v>
+        <v>46752</v>
       </c>
       <c r="J47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
-          <t>207</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
-          <t>Водні біоресурси та аквакультура</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>27207</v>
+        <v>72989</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
-          <t>Водні біоресурси та аквакультура</t>
+          <t>Фінансові технології та бізнес-аналітика</t>
         </is>
       </c>
       <c r="G48" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H48" s="7" t="inlineStr">
         <is>
-          <t>- 19554</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I48" s="9"/>
       <c r="J48" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
-          <t>208</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
-          <t>Агроінженерія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>27458</v>
+        <v>69872</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
-          <t>Агроінженерія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G49" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H49" s="7" t="inlineStr">
         <is>
-          <t>УД 04003239</t>
+          <t>УД 04003233</t>
         </is>
       </c>
       <c r="I49" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J49" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>28224</v>
+        <v>69895</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G50" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H50" s="7" t="inlineStr">
         <is>
-          <t>- 13845</t>
+          <t>УД 04003240</t>
         </is>
       </c>
       <c r="I50" s="9" t="n">
-        <v>47665</v>
+        <v>46752</v>
       </c>
       <c r="J50" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>D5</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>59283</v>
+        <v>69873</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="G51" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H51" s="7" t="inlineStr">
         <is>
-          <t>- 17099</t>
+          <t>УД 04003234</t>
         </is>
       </c>
       <c r="I51" s="9" t="n">
-        <v>47665</v>
+        <v>46752</v>
       </c>
       <c r="J51" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K51" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна гігієна, санітарія і експертиза</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>28225</v>
+        <v>69874</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна гігієна, санітарія і експертиза</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G52" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H52" s="7" t="inlineStr">
         <is>
-          <t>- 1839</t>
+          <t>- 11094</t>
         </is>
       </c>
       <c r="I52" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>28230</v>
+        <v>69875</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="G53" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H53" s="7" t="inlineStr">
         <is>
-          <t>УД 04003240</t>
+          <t>- 19741</t>
         </is>
       </c>
       <c r="I53" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J53" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K53" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
-[...6 lines deleted...]
-      </c>
+          <t>Будівництво та цивільна інженерія</t>
+        </is>
+      </c>
+      <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>87413</v>
+        <v>69876</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Гідромеліорація</t>
         </is>
       </c>
       <c r="G54" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H54" s="7" t="inlineStr">
         <is>
-          <t>УД 04003229</t>
+          <t>- 11095</t>
         </is>
       </c>
       <c r="I54" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J54" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K54" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
-          <t>D1</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>69866</v>
+        <v>69879</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="G55" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H55" s="7" t="inlineStr">
         <is>
-          <t>УД 04003230</t>
+          <t>- 11096</t>
         </is>
       </c>
       <c r="I55" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J55" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K55" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>H2</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Тваринництво</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>69867</v>
+        <v>69882</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="G56" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H56" s="7" t="inlineStr">
         <is>
-          <t>УД 04017878</t>
+          <t>- 11097</t>
         </is>
       </c>
       <c r="I56" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J56" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K56" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
-          <t>D2</t>
+          <t>H3</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>72989</v>
+        <v>69884</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
-          <t>Фінансові технології та бізнес-аналітика</t>
+          <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="G57" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H57" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I57" s="9"/>
+          <t>- 11098</t>
+        </is>
+      </c>
+      <c r="I57" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J57" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K57" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>H5</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>69872</v>
+        <v>69888</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="G58" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H58" s="7" t="inlineStr">
         <is>
-          <t>УД 04003233</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I58" s="9"/>
       <c r="J58" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K58" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>H6</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>69895</v>
+        <v>69893</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G59" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H59" s="7" t="inlineStr">
         <is>
-          <t>УД 04003240</t>
+          <t>- 17100</t>
         </is>
       </c>
       <c r="I59" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J59" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K59" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
-          <t>D5</t>
+          <t>H7</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>69873</v>
+        <v>69891</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Агроінженерія</t>
         </is>
       </c>
       <c r="G60" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H60" s="7" t="inlineStr">
         <is>
-          <t>УД 04003234</t>
+          <t>УД 04003239</t>
         </is>
       </c>
       <c r="I60" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J60" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K60" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>69874</v>
+        <v>37069</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G61" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H61" s="7" t="inlineStr">
         <is>
-          <t>- 11094</t>
+          <t>- 2514</t>
         </is>
       </c>
       <c r="I61" s="9" t="n">
-        <v>46935</v>
+        <v>46752</v>
       </c>
       <c r="J61" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K61" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
-          <t>G13</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
-        <v>69875</v>
+        <v>62323</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G62" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H62" s="7" t="inlineStr">
         <is>
-          <t>- 19741</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I62" s="9"/>
       <c r="J62" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K62" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>69876</v>
+        <v>37062</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
-          <t>Гідромеліорація</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G63" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H63" s="7" t="inlineStr">
         <is>
-          <t>- 11095</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I63" s="9"/>
       <c r="J63" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K63" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
-          <t>H1</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
-        <v>69879</v>
+        <v>37061</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G64" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H64" s="7" t="inlineStr">
         <is>
-          <t>- 11096</t>
+          <t>- 18891</t>
         </is>
       </c>
       <c r="I64" s="9" t="n">
-        <v>47665</v>
+        <v>46344</v>
       </c>
       <c r="J64" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K64" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
-          <t>H2</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
-          <t>Тваринництво</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>69882</v>
+        <v>37057</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G65" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H65" s="7" t="inlineStr">
         <is>
-          <t>- 11097</t>
+          <t>- 12285</t>
         </is>
       </c>
       <c r="I65" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J65" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K65" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
-          <t>H3</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
-        <v>69884</v>
+        <v>37059</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="G66" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H66" s="7" t="inlineStr">
         <is>
-          <t>- 11098</t>
+          <t>- 13212</t>
         </is>
       </c>
       <c r="I66" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J66" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
-          <t>H5</t>
+          <t>204</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Водні біоресурси та аквакультура</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>69888</v>
+        <v>37060</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
-          <t>Водні біоресурси та аквакультура</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H67" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I67" s="9"/>
+          <t>- 13230</t>
+        </is>
+      </c>
+      <c r="I67" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J67" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K67" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
-          <t>H6</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>69893</v>
+        <v>37058</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G68" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H68" s="7" t="inlineStr">
         <is>
-          <t>- 17100</t>
+          <t>- 2984</t>
         </is>
       </c>
       <c r="I68" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J68" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K68" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
-          <t>H7</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Агроінженерія</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>69891</v>
+        <v>59284</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
-          <t>Агроінженерія</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G69" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H69" s="7" t="inlineStr">
         <is>
-          <t>УД 04003239</t>
+          <t>- 11101</t>
         </is>
       </c>
       <c r="I69" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J69" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K69" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>37069</v>
+        <v>37068</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G70" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H70" s="7" t="inlineStr">
         <is>
-          <t>- 2514</t>
+          <t>- 13255</t>
         </is>
       </c>
       <c r="I70" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J70" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K70" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>62323</v>
+        <v>69898</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="G71" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H71" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I71" s="9"/>
+          <t>- 11100</t>
+        </is>
+      </c>
+      <c r="I71" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J71" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K71" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>D2</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>37062</v>
+        <v>69900</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H72" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I72" s="9"/>
       <c r="J72" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K72" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>37061</v>
+        <v>69902</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="G73" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H73" s="7" t="inlineStr">
         <is>
-          <t>- 18891</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I73" s="9"/>
       <c r="J73" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K73" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>37057</v>
+        <v>69916</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G74" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H74" s="7" t="inlineStr">
         <is>
-          <t>- 12285</t>
+          <t>- 17098</t>
         </is>
       </c>
       <c r="I74" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J74" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K74" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>37059</v>
+        <v>69906</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G75" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H75" s="7" t="inlineStr">
         <is>
-          <t>- 13212</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I75" s="9"/>
       <c r="J75" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K75" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>37060</v>
+        <v>69910</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Машини та обладнання в агропромисловому комплексі</t>
         </is>
       </c>
       <c r="G76" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H76" s="7" t="inlineStr">
         <is>
-          <t>- 13230</t>
+          <t>- 18485</t>
         </is>
       </c>
       <c r="I76" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J76" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K76" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>37058</v>
+        <v>69911</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="G77" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H77" s="7" t="inlineStr">
         <is>
-          <t>- 2984</t>
+          <t>- 17096</t>
         </is>
       </c>
       <c r="I77" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J77" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K77" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>H2</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Тваринництво</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>59284</v>
+        <v>69913</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="G78" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H78" s="7" t="inlineStr">
         <is>
-          <t>- 11101</t>
+          <t>- 17097</t>
         </is>
       </c>
       <c r="I78" s="9" t="n">
-        <v>46569</v>
+        <v>47665</v>
       </c>
       <c r="J78" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K78" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>H5</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>37068</v>
+        <v>72990</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Водні біоресурси, рибальство та рибництво</t>
         </is>
       </c>
       <c r="G79" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H79" s="7" t="inlineStr">
         <is>
-          <t>- 13255</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I79" s="9"/>
       <c r="J79" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K79" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>H6</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>69898</v>
+        <v>69915</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="G80" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H80" s="7" t="inlineStr">
         <is>
-          <t>- 11100</t>
+          <t>- 11102</t>
         </is>
       </c>
       <c r="I80" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J80" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K80" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
-[...395 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K89"/>
+  <autoFilter ref="A1:K80"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I77"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -5310,51 +4907,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -5406,54 +5003,54 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -5472,54 +5069,54 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -5538,51 +5135,51 @@
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
@@ -5637,54 +5234,54 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="F12" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
@@ -5703,54 +5300,54 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>H5</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
@@ -5769,51 +5366,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -5835,54 +5432,54 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
@@ -5934,153 +5531,153 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>141</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>95</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>51</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
@@ -6102,249 +5699,249 @@
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>49</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>194</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>582</v>
+        <v>570</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>31</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>207</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>509</v>
+        <v>490</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -6400,51 +5997,51 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -6469,51 +6066,51 @@
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F37" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -6664,84 +6261,84 @@
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>H3</t>
         </is>
       </c>
@@ -6796,84 +6393,84 @@
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -6931,51 +6528,51 @@
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>194</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Гідротехнічне будівництво, водна інженерія та водні технології</t>
@@ -7093,117 +6690,117 @@
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>208</v>
+        <v>201</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>212</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
@@ -7228,51 +6825,51 @@
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -7621,87 +7218,87 @@
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
         <v>42</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>