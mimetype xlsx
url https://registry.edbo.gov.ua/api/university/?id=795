--- v0 (2025-12-06)
+++ v1 (2026-02-06)
@@ -1359,51 +1359,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>