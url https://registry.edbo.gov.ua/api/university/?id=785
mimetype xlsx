--- v0 (2025-10-26)
+++ v1 (2026-02-11)
@@ -23,51 +23,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПТО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$15</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$4</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$22</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$24</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$11</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -1603,51 +1603,51 @@
       </c>
       <c r="C4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D4" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:D4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K22"/>
+  <dimension ref="A1:K24"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2270,93 +2270,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
         <v>86140</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп'ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I16" s="9"/>
+          <t>ДС 006835</t>
+        </is>
+      </c>
+      <c r="I16" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
         <v>79812</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I17" s="9"/>
+          <t>ДС 006821</t>
+        </is>
+      </c>
+      <c r="I17" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
@@ -2445,122 +2449,200 @@
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I20" s="9"/>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>80534</v>
+        <v>88139</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
-        <v>80032</v>
+        <v>80534</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B23" s="7" t="inlineStr">
+        <is>
+          <t>G7</t>
+        </is>
+      </c>
+      <c r="C23" s="3" t="inlineStr">
+        <is>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+        </is>
+      </c>
+      <c r="D23" s="3"/>
+      <c r="E23" s="8" t="n">
+        <v>80032</v>
+      </c>
+      <c r="F23" s="3" t="inlineStr">
+        <is>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+        </is>
+      </c>
+      <c r="G23" s="3"/>
+      <c r="H23" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I23" s="9"/>
+      <c r="J23" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K23" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="3" t="inlineStr">
+        <is>
+          <t>Фаховий молодший бакалавр</t>
+        </is>
+      </c>
+      <c r="B24" s="7" t="inlineStr">
+        <is>
+          <t>G7</t>
+        </is>
+      </c>
+      <c r="C24" s="3" t="inlineStr">
+        <is>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+        </is>
+      </c>
+      <c r="D24" s="3"/>
+      <c r="E24" s="8" t="n">
+        <v>88137</v>
+      </c>
+      <c r="F24" s="3" t="inlineStr">
+        <is>
+          <t>Автоматизація та комп'ютерно-інтегровані технології</t>
+        </is>
+      </c>
+      <c r="G24" s="3"/>
+      <c r="H24" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I24" s="9"/>
+      <c r="J24" s="7" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K24" s="9"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:K22"/>
+  <autoFilter ref="A1:K24"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I11"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -2782,150 +2864,150 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>