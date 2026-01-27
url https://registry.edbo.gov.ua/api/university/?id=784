--- v0 (2025-11-29)
+++ v1 (2026-01-27)
@@ -1560,56 +1560,54 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
         <v>61553</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I4" s="9"/>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
@@ -1681,56 +1679,54 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
         <v>61554</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I7" s="9"/>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
@@ -2838,51 +2834,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -3003,51 +2999,51 @@
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>