--- v1 (2026-01-27)
+++ v2 (2026-03-17)
@@ -2438,51 +2438,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -2504,51 +2504,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -2603,183 +2603,183 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -2834,84 +2834,84 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -2999,51 +2999,51 @@
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>