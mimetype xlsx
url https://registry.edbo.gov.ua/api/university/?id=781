--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -24,51 +24,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ПТО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ПТО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$22</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$49</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$54</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$40</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$23</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$12</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -1978,51 +1978,51 @@
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 21.11.2019 № 986-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:D49"/>
+  <dimension ref="A1:D54"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Професії</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Ліцензійний обсяг</t>
         </is>
       </c>
@@ -2186,776 +2186,861 @@
       </c>
       <c r="D9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>4221 Агент з організації туризму
 </t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>60</v>
       </c>
       <c r="C10" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D10" s="9" t="n">
         <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
+          <t>4222 Офіс-адміністратор
+</t>
+        </is>
+      </c>
+      <c r="B11" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C11" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D11" s="9" t="n">
+        <v>46916</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="3" t="inlineStr">
+        <is>
           <t>4222 Адміністратор
 </t>
         </is>
       </c>
-      <c r="B11" s="6" t="n">
-[...17 lines deleted...]
-      </c>
       <c r="B12" s="6" t="n">
         <v>30</v>
       </c>
       <c r="C12" s="8" t="inlineStr">
         <is>
-          <t> </t>
+          <t>- -</t>
         </is>
       </c>
       <c r="D12" s="9" t="n">
-        <v>46916</v>
+        <v>48756</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>5129 Майстер готельного обслуговування
 </t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>30</v>
       </c>
       <c r="C13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D13" s="9" t="n">
         <v>47554</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>5131 Гувернер
 5133 Соціальний робітник
 </t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
         <v>60</v>
       </c>
       <c r="C14" s="8" t="inlineStr">
         <is>
           <t>РД 045689</t>
         </is>
       </c>
       <c r="D14" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
+          <t>5132 Екстрений медичний технік
+</t>
+        </is>
+      </c>
+      <c r="B15" s="6" t="n">
+        <v>20</v>
+      </c>
+      <c r="C15" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D15" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="3" t="inlineStr">
+        <is>
           <t>5133 Соціальний робітник
 </t>
         </is>
       </c>
-      <c r="B15" s="6" t="n">
-[...10 lines deleted...]
-      <c r="A16" s="3" t="inlineStr">
+      <c r="B16" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C16" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D16" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="3" t="inlineStr">
         <is>
           <t>5133 Соціальний робітник
 </t>
         </is>
       </c>
-      <c r="B16" s="6" t="n">
-[...10 lines deleted...]
-      <c r="A17" s="3" t="inlineStr">
+      <c r="B17" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="C17" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D17" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="3" t="inlineStr">
         <is>
           <t>6123 Бджоляр
 </t>
         </is>
       </c>
-      <c r="B17" s="6" t="n">
-[...2 lines deleted...]
-      <c r="C17" s="8" t="inlineStr">
+      <c r="B18" s="6" t="n">
+        <v>15</v>
+      </c>
+      <c r="C18" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D17" s="9" t="n">
-[...4 lines deleted...]
-      <c r="A18" s="3" t="inlineStr">
+      <c r="D18" s="9" t="n">
+        <v>48981</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="3" t="inlineStr">
         <is>
           <t>6123 Бджоляр
 </t>
         </is>
       </c>
-      <c r="B18" s="6" t="n">
-[...2 lines deleted...]
-      <c r="C18" s="8" t="inlineStr">
+      <c r="B19" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C19" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D18" s="9" t="n">
-[...4 lines deleted...]
-      <c r="A19" s="3" t="inlineStr">
+      <c r="D19" s="9" t="n">
+        <v>49116</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7133 Штукатур
 </t>
         </is>
       </c>
-      <c r="B19" s="6" t="n">
+      <c r="B20" s="6" t="n">
         <v>30</v>
       </c>
-      <c r="C19" s="8" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A20" s="3" t="inlineStr">
+      <c r="C20" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D20" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 </t>
         </is>
       </c>
-      <c r="B20" s="6" t="n">
-[...2 lines deleted...]
-      <c r="C20" s="8" t="inlineStr">
+      <c r="B21" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C21" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D20" s="9" t="n">
+      <c r="D21" s="9" t="n">
         <v>48981</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 </t>
         </is>
       </c>
-      <c r="B21" s="6" t="n">
+      <c r="B22" s="6" t="n">
         <v>30</v>
       </c>
-      <c r="C21" s="8" t="inlineStr">
+      <c r="C22" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D21" s="9" t="n">
-[...4 lines deleted...]
-      <c r="A22" s="3" t="inlineStr">
+      <c r="D22" s="9" t="n">
+        <v>48981</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 </t>
         </is>
       </c>
-      <c r="B22" s="6" t="n">
-[...2 lines deleted...]
-      <c r="C22" s="8" t="inlineStr">
+      <c r="B23" s="6" t="n">
+        <v>60</v>
+      </c>
+      <c r="C23" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D22" s="9" t="n">
+      <c r="D23" s="9" t="n">
         <v>48981</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 </t>
         </is>
       </c>
-      <c r="B23" s="6" t="n">
+      <c r="B24" s="6" t="n">
         <v>30</v>
       </c>
-      <c r="C23" s="8" t="inlineStr">
+      <c r="C24" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D23" s="9" t="n">
-[...4 lines deleted...]
-      <c r="A24" s="3" t="inlineStr">
+      <c r="D24" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7213 Бляхар
 </t>
         </is>
       </c>
-      <c r="B24" s="6" t="n">
+      <c r="B25" s="6" t="n">
         <v>60</v>
       </c>
-      <c r="C24" s="8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D24" s="9" t="n">
+      <c r="C25" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D25" s="9" t="n">
         <v>46916</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="3" t="inlineStr">
         <is>
           <t>7219 Зварник
 </t>
         </is>
       </c>
-      <c r="B25" s="6" t="n">
+      <c r="B26" s="6" t="n">
         <v>30</v>
       </c>
-      <c r="C25" s="8" t="inlineStr">
-[...9 lines deleted...]
-      <c r="A26" s="3" t="inlineStr">
+      <c r="C26" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D26" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="3" t="inlineStr">
         <is>
           <t>7219 Зварник
 </t>
         </is>
       </c>
-      <c r="B26" s="6" t="n">
+      <c r="B27" s="6" t="n">
         <v>30</v>
       </c>
-      <c r="C26" s="8" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A27" s="3" t="inlineStr">
+      <c r="C27" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D27" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 </t>
         </is>
       </c>
-      <c r="B27" s="6" t="n">
+      <c r="B28" s="6" t="n">
         <v>30</v>
       </c>
-      <c r="C27" s="8" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A28" s="3" t="inlineStr">
+      <c r="C28" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D28" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 </t>
         </is>
       </c>
-      <c r="B28" s="6" t="n">
-[...2 lines deleted...]
-      <c r="C28" s="8" t="inlineStr">
+      <c r="B29" s="6" t="n">
+        <v>70</v>
+      </c>
+      <c r="C29" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D28" s="9" t="n">
-[...4 lines deleted...]
-      <c r="A29" s="3" t="inlineStr">
+      <c r="D29" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 </t>
         </is>
       </c>
-      <c r="B29" s="6" t="n">
-[...2 lines deleted...]
-      <c r="C29" s="8" t="inlineStr">
+      <c r="B30" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C30" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D29" s="9" t="n">
-[...4 lines deleted...]
-      <c r="A30" s="3" t="inlineStr">
+      <c r="D30" s="9" t="n">
+        <v>48981</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 </t>
         </is>
       </c>
-      <c r="B30" s="6" t="n">
+      <c r="B31" s="6" t="n">
         <v>50</v>
       </c>
-      <c r="C30" s="8" t="inlineStr">
+      <c r="C31" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D30" s="9" t="n">
+      <c r="D31" s="9" t="n">
         <v>48981</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрогазозварник
 </t>
         </is>
       </c>
-      <c r="B31" s="6" t="n">
+      <c r="B32" s="6" t="n">
         <v>60</v>
       </c>
-      <c r="C31" s="8" t="inlineStr">
+      <c r="C32" s="8" t="inlineStr">
         <is>
           <t>РД 040177</t>
         </is>
       </c>
-      <c r="D31" s="9" t="n">
+      <c r="D32" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8211 Токар
 </t>
         </is>
       </c>
-      <c r="B32" s="6" t="n">
+      <c r="B33" s="6" t="n">
         <v>75</v>
       </c>
-      <c r="C32" s="8" t="inlineStr">
+      <c r="C33" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D32" s="9" t="n">
+      <c r="D33" s="9" t="n">
         <v>48756</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів (категорія C1)
 </t>
         </is>
       </c>
-      <c r="B33" s="6" t="n">
+      <c r="B34" s="6" t="n">
         <v>60</v>
       </c>
-      <c r="C33" s="8" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A34" s="3" t="inlineStr">
+      <c r="C34" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D34" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з механоскладальних робіт
 </t>
         </is>
       </c>
-      <c r="B34" s="6" t="n">
-[...12 lines deleted...]
-      <c r="A35" s="3" t="inlineStr">
+      <c r="B35" s="6" t="n">
+        <v>20</v>
+      </c>
+      <c r="C35" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D35" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з механоскладальних робіт
 </t>
         </is>
       </c>
-      <c r="B35" s="6" t="n">
-[...10 lines deleted...]
-      <c r="A36" s="3" t="inlineStr">
+      <c r="B36" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C36" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D36" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="3" t="inlineStr">
         <is>
           <t>7241 Слюсар-електрик з ремонту електроустаткування
 </t>
         </is>
       </c>
-      <c r="B36" s="6" t="n">
-[...7 lines deleted...]
-      <c r="D36" s="9" t="n">
+      <c r="B37" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C37" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D37" s="9" t="n">
         <v>46916</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="3" t="inlineStr">
         <is>
           <t>7241 Слюсар-електрик з ремонту електроустаткування
 </t>
         </is>
       </c>
-      <c r="B37" s="6" t="n">
-[...7 lines deleted...]
-      <c r="D37" s="9" t="n">
+      <c r="B38" s="6" t="n">
+        <v>10</v>
+      </c>
+      <c r="C38" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D38" s="9" t="n">
         <v>46916</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="3" t="inlineStr">
         <is>
           <t>7243 Радіомеханік з обслуговування та ремонту радіотелевізійної апаратури
 </t>
         </is>
       </c>
-      <c r="B38" s="6" t="n">
-[...12 lines deleted...]
-      <c r="A39" s="3" t="inlineStr">
+      <c r="B39" s="6" t="n">
+        <v>40</v>
+      </c>
+      <c r="C39" s="8" t="inlineStr">
+        <is>
+          <t>РД 045689</t>
+        </is>
+      </c>
+      <c r="D39" s="9" t="n">
+        <v>46204</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="3" t="inlineStr">
         <is>
           <t>7243 Радіомеханік з обслуговування та ремонту радіотелевізійної апаратури
 </t>
         </is>
       </c>
-      <c r="B39" s="6" t="n">
-[...2 lines deleted...]
-      <c r="C39" s="8" t="inlineStr">
+      <c r="B40" s="6" t="n">
+        <v>20</v>
+      </c>
+      <c r="C40" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D39" s="9" t="n">
+      <c r="D40" s="9" t="n">
         <v>49116</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="3" t="inlineStr">
         <is>
           <t>7243 Радіомеханік з обслуговування та ремонту радіотелевізійної апаратури
 </t>
         </is>
       </c>
-      <c r="B40" s="6" t="n">
-[...2 lines deleted...]
-      <c r="C40" s="8" t="inlineStr">
+      <c r="B41" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C41" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D40" s="9" t="n">
+      <c r="D41" s="9" t="n">
         <v>49116</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="3" t="inlineStr">
         <is>
           <t>7243 Радіомеханік з обслуговування та ремонту радіотелевізійної апаратури
 </t>
         </is>
       </c>
-      <c r="B41" s="6" t="n">
-[...12 lines deleted...]
-      <c r="A42" s="3" t="inlineStr">
+      <c r="B42" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C42" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D42" s="9" t="n">
+        <v>49116</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="3" t="inlineStr">
         <is>
           <t>8211 Токар
 </t>
         </is>
       </c>
-      <c r="B42" s="6" t="n">
+      <c r="B43" s="6" t="n">
         <v>30</v>
       </c>
-      <c r="C42" s="8" t="inlineStr">
+      <c r="C43" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D42" s="9" t="n">
+      <c r="D43" s="9" t="n">
         <v>49116</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="3" t="inlineStr">
         <is>
           <t>8211 Токар
 </t>
         </is>
       </c>
-      <c r="B43" s="6" t="n">
+      <c r="B44" s="6" t="n">
         <v>30</v>
       </c>
-      <c r="C43" s="8" t="inlineStr">
+      <c r="C44" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D43" s="9" t="n">
+      <c r="D44" s="9" t="n">
         <v>49116</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="3" t="inlineStr">
         <is>
           <t>8211 Токар
 </t>
         </is>
       </c>
-      <c r="B44" s="6" t="n">
+      <c r="B45" s="6" t="n">
         <v>60</v>
       </c>
-      <c r="C44" s="8" t="inlineStr">
+      <c r="C45" s="8" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
-      <c r="D44" s="9" t="n">
+      <c r="D45" s="9" t="n">
         <v>49116</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="3" t="inlineStr">
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="3" t="inlineStr">
         <is>
           <t>8211 Верстатник широкого профілю
 </t>
         </is>
       </c>
-      <c r="B45" s="6" t="n">
+      <c r="B46" s="6" t="n">
         <v>60</v>
       </c>
-      <c r="C45" s="8" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A46" s="3" t="inlineStr">
+      <c r="C46" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D46" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="3" t="inlineStr">
         <is>
           <t>8211 Оператор верстатів з програмним керуванням
 </t>
         </is>
       </c>
-      <c r="B46" s="6" t="n">
+      <c r="B47" s="6" t="n">
         <v>60</v>
       </c>
-      <c r="C46" s="8" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A47" s="3" t="inlineStr">
+      <c r="C47" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D47" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="3" t="inlineStr">
+        <is>
+          <t>8211 Оператор верстатів з програмним керуванням
+</t>
+        </is>
+      </c>
+      <c r="B48" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C48" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D48" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="3" t="inlineStr">
+        <is>
+          <t>8211 Верстатник широкого профілю
+</t>
+        </is>
+      </c>
+      <c r="B49" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C49" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D49" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="3" t="inlineStr">
+        <is>
+          <t>8211 Верстатник широкого профілю
+</t>
+        </is>
+      </c>
+      <c r="B50" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C50" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D50" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="3" t="inlineStr">
+        <is>
+          <t>8211 Оператор верстатів з програмним керуванням
+</t>
+        </is>
+      </c>
+      <c r="B51" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="C51" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D51" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="3" t="inlineStr">
         <is>
           <t>8321 Водій мототранспортних засобів (категорія A1, A)
 </t>
         </is>
       </c>
-      <c r="B47" s="6" t="n">
+      <c r="B52" s="6" t="n">
         <v>10</v>
       </c>
-      <c r="C47" s="8" t="inlineStr">
-[...7 lines deleted...]
-      <c r="A48" s="3" t="inlineStr">
+      <c r="C52" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D52" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="3" t="inlineStr">
+        <is>
+          <t>8322 Водій автотранспортних засобів (категорія C1)
+</t>
+        </is>
+      </c>
+      <c r="B53" s="6" t="n">
+        <v>45</v>
+      </c>
+      <c r="C53" s="8" t="inlineStr">
+        <is>
+          <t>РД 045689</t>
+        </is>
+      </c>
+      <c r="D53" s="9" t="n">
+        <v>46204</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="3" t="inlineStr">
         <is>
           <t>8322 Водій автотранспортних засобів (категорія B)
 </t>
         </is>
       </c>
-      <c r="B48" s="6" t="n">
+      <c r="B54" s="6" t="n">
         <v>45</v>
       </c>
-      <c r="C48" s="8" t="inlineStr">
-[...4 lines deleted...]
-      <c r="D48" s="9" t="n">
+      <c r="C54" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D54" s="9" t="n">
         <v>47554</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
-[...17 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:D49"/>
+  <autoFilter ref="A1:D54"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K40"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -4131,93 +4216,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>84955</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Обслуговування програмних систем і комплексів</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I29" s="9"/>
+          <t>ДС 006725</t>
+        </is>
+      </c>
+      <c r="I29" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J29" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>84956</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Обслуговування комп`ютерних систем і мереж</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I30" s="9"/>
+          <t>ДС 006726</t>
+        </is>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
@@ -4291,54 +4380,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>84957</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Обслуговування і ремонт електричних та електронних систем автомобілів</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I33" s="9"/>
+          <t>ДС 006727</t>
+        </is>
+      </c>
+      <c r="I33" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J33" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
@@ -4408,54 +4499,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>84960</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Зварювальне виробництво</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I36" s="9"/>
+          <t>ДС 006728</t>
+        </is>
+      </c>
+      <c r="I36" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
@@ -4564,54 +4657,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>87359</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Організація перевезень і управління на автомобільному транспорті</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I40" s="9"/>
+          <t>ДС 006729</t>
+        </is>
+      </c>
+      <c r="I40" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J40" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K40" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K40"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I23"/>
@@ -5209,117 +5304,117 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -5341,51 +5436,51 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
@@ -5513,96 +5608,96 @@
       </c>
       <c r="B3" s="6" t="n">
         <v>41</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5133 Соціальний робітник
 4222 Офіс-адміністратор</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>6123 Бджоляр</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>12</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7213 Бляхар</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7233 Слюсар з механоскладальних робіт</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>2</v>
       </c>
       <c r="C7" s="6" t="n">