--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -4091,55 +4091,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>43963</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Обслуговування та ремонт автомобілів і двигунів</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="8" t="inlineStr">
         <is>
-          <t>ДС 002334</t>
+          <t>ДС 006872</t>
         </is>
       </c>
       <c r="I26" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K26" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
@@ -4805,51 +4805,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -4904,51 +4904,51 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
@@ -4974,51 +4974,51 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
@@ -5040,51 +5040,51 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -5106,84 +5106,84 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>116</v>
+        <v>90</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -5205,183 +5205,183 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -5436,88 +5436,88 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I23"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -5585,51 +5585,51 @@
       </c>
       <c r="B2" s="6" t="n">
         <v>81</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4221 Агент з організації туризму
 5129 Майстер готельного обслуговування</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5133 Соціальний робітник
 4222 Офіс-адміністратор</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>19</v>
       </c>
       <c r="C4" s="6" t="n">
@@ -5721,97 +5721,97 @@
       </c>
       <c r="B8" s="6" t="n">
         <v>10</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 8211 Токар</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з механоскладальних робіт
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>7241 Слюсар-електрик з ремонту електроустаткування
 7219 Зварник</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>80</v>
       </c>
       <c r="C12" s="6" t="n">