--- v0 (2025-10-31)
+++ v1 (2026-02-17)
@@ -4207,84 +4207,84 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -4306,51 +4306,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -4504,51 +4504,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -4570,186 +4570,186 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>200</v>
+        <v>174</v>
       </c>
       <c r="F14" s="8" t="n">
-        <v>0</v>
+        <v>25</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="F16" s="8" t="n">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F17" s="8" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
@@ -4768,51 +4768,51 @@
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="F19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I19"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>