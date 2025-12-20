--- v0 (2025-10-22)
+++ v1 (2025-12-20)
@@ -4428,51 +4428,51 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -4696,51 +4696,51 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
@@ -4795,51 +4795,51 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -4927,84 +4927,84 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -5049,185 +5049,185 @@
       </c>
       <c r="D1" s="5" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7137 Електромонтажник з освітлення та освітлювальних мереж
 7241 Електромонтажник силових мереж та електроустаткування</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>52</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7241 Електромеханік торговельного та холодильного устаткування</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7242 Слюсар з контрольно-вимірювальних приладів та автоматики (електроніка)</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>49</v>
       </c>
       <c r="C7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>8159 Лаборант хімічного аналізу</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>