--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -3935,132 +3935,138 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>71921</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Оціночна діяльність</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I36" s="9"/>
+          <t>ДС 000769</t>
+        </is>
+      </c>
+      <c r="I36" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>71923</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Фінанси і кредит</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I37" s="9"/>
+          <t>ДС 004339</t>
+        </is>
+      </c>
+      <c r="I37" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J37" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>71927</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Прикладна екологія</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I38" s="9"/>
+          <t>ДС 000771</t>
+        </is>
+      </c>
+      <c r="I38" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J38" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K38" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
@@ -4138,132 +4144,138 @@
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E41" s="6" t="n">
         <v>78342</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Обслуговування та ремонт обладнання підприємств хімічної і нафтогазопереробної промисловості</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I41" s="9"/>
+          <t>ДС 000772</t>
+        </is>
+      </c>
+      <c r="I41" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J41" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>71932</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Монтаж і обслуговування внутрішніх санітарно-технічних систем і вентиляції</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I42" s="9"/>
+          <t>ДС 000774</t>
+        </is>
+      </c>
+      <c r="I42" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J42" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>71931</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Монтаж, обслуговування засобів і систем автоматизації технологічного виробництва</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I43" s="9"/>
+          <t>ДС 004338</t>
+        </is>
+      </c>
+      <c r="I43" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J43" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K43" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K43"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I21"/>
@@ -4329,51 +4341,51 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
@@ -4428,84 +4440,84 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -4527,187 +4539,187 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -4729,183 +4741,183 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
@@ -4960,51 +4972,51 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
@@ -5049,194 +5061,194 @@
       </c>
       <c r="D1" s="5" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7137 Електромонтажник з освітлення та освітлювальних мереж
 7241 Електромонтажник силових мереж та електроустаткування</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>127</v>
+        <v>106</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7241 Електромеханік торговельного та холодильного устаткування</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="C6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7242 Слюсар з контрольно-вимірювальних приладів та автоматики (електроніка)</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>8159 Лаборант хімічного аналізу</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F8"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>