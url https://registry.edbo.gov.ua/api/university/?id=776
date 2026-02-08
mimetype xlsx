--- v0 (2025-12-05)
+++ v1 (2026-02-08)
@@ -2411,54 +2411,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
         <v>80105</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I24" s="9"/>
+          <t>ДС 006851</t>
+        </is>
+      </c>
+      <c r="I24" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J24" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K24" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K24"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I12"/>
@@ -2660,150 +2662,150 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>