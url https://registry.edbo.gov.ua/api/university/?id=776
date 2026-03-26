--- v1 (2026-02-08)
+++ v2 (2026-03-26)
@@ -410,51 +410,51 @@
         <is>
           <t>admin@promavt.od.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>www.promavt.od.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки директора</t>
+          <t>Виконуюча обов'язки директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Єпур Ольга Сергіївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -2761,51 +2761,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -2860,51 +2860,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I12"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>