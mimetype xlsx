--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -4729,51 +4729,51 @@
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -4828,51 +4828,51 @@
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -4894,51 +4894,51 @@
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -4993,51 +4993,51 @@
       <c r="H25" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>