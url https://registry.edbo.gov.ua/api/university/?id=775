--- v1 (2025-12-15)
+++ v2 (2026-03-05)
@@ -4564,51 +4564,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -4828,51 +4828,51 @@
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -4927,51 +4927,51 @@
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="8" t="n">
-        <v>54</v>
+        <v>37</v>
       </c>
       <c r="F24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>185</t>
         </is>
       </c>