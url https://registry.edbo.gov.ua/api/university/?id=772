--- v0 (2025-12-16)
+++ v1 (2026-02-14)
@@ -2234,117 +2234,117 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>
@@ -2366,51 +2366,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>6</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>