--- v0 (2025-10-20)
+++ v1 (2025-12-12)
@@ -380,59 +380,67 @@
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Замкова, 93</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3"/>
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>tbec@meta.ua</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3"/>
+      <c r="B18" s="3" t="inlineStr">
+        <is>
+          <t>http://tbec.org.ua</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Андрющенко Андрій Миколайович</t>
         </is>
       </c>
     </row>
@@ -2306,93 +2314,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
         <v>67817</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I17" s="9"/>
+          <t>ДС 006635</t>
+        </is>
+      </c>
+      <c r="I17" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>67833</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I18" s="9"/>
+          <t>ДС 006636</t>
+        </is>
+      </c>
+      <c r="I18" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
@@ -2602,150 +2614,150 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
@@ -2767,51 +2779,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>212</v>
+        <v>206</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>