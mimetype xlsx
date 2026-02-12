--- v1 (2025-12-12)
+++ v2 (2026-02-12)
@@ -2548,84 +2548,84 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>1</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -2647,117 +2647,117 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>78</v>
+        <v>69</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>71</v>
+        <v>62</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
@@ -2779,51 +2779,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>206</v>
+        <v>210</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>