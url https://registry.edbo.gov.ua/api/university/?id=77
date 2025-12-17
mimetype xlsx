--- v0 (2025-10-24)
+++ v1 (2025-12-17)
@@ -4707,54 +4707,56 @@
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>64979</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="G78" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H78" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I78" s="9"/>
+          <t>- 19317</t>
+        </is>
+      </c>
+      <c r="I78" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J78" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K78" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
@@ -7058,51 +7060,51 @@
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>42</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -7290,87 +7292,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>42</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
@@ -7389,51 +7391,51 @@
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>51</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
@@ -7521,51 +7523,51 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>59</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -8049,51 +8051,51 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>97</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
@@ -8214,54 +8216,54 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F40" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
@@ -8482,51 +8484,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -8783,51 +8785,51 @@
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -8849,51 +8851,51 @@
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
@@ -9047,51 +9049,51 @@
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -9212,117 +9214,117 @@
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F72" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -9410,51 +9412,51 @@
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
@@ -9476,84 +9478,84 @@
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>205</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>206</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Садово-паркове господарство</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
@@ -10004,51 +10006,51 @@
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
@@ -10070,51 +10072,51 @@
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>