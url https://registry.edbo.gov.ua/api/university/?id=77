--- v1 (2025-12-17)
+++ v2 (2026-02-07)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПТО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$126</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$98</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$82</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -416,63 +416,63 @@
         <is>
           <t>rector@vsau.org</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>https://vsau.org</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Мазур Віктор Анатолійович</t>
+          <t>Калетнік Григорій Миколайович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -6869,51 +6869,51 @@
       <c r="I126" s="9"/>
       <c r="J126" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K126" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K126"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I98"/>
+  <dimension ref="A1:I82"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -7060,51 +7060,51 @@
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>42</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
@@ -7126,51 +7126,51 @@
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
@@ -7328,84 +7328,84 @@
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>42</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
         <v>40</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
@@ -7526,51 +7526,51 @@
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
         <v>146</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
@@ -7754,87 +7754,87 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>60</v>
       </c>
       <c r="F27" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
@@ -8018,54 +8018,54 @@
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="F34" s="6" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
@@ -8318,51 +8318,51 @@
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>329</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
@@ -8619,81 +8619,81 @@
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F53" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -8851,51 +8851,51 @@
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
@@ -8983,87 +8983,87 @@
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H63" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I63" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
         <v>35</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
@@ -9105,1100 +9105,572 @@
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F66" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H66" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I66" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>20</v>
+        <v>32</v>
       </c>
       <c r="F68" s="6" t="n">
-        <v>20</v>
+        <v>0</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>212</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Ветеринарна гігієна, санітарія і експертиза</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>D1</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F71" s="6" t="n">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>G13</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>H1</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>H6</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
-          <t>201</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>Агрономія</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>105</v>
+        <v>15</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Технологія виробництва і переробки продукції тваринництва</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Лісове господарство</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
-          <t>206</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Садово-паркове господарство</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F79" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
-          <t>208</t>
+          <t>201</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Агроінженерія</t>
+          <t>Агрономія</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>68</v>
+        <v>43</v>
       </c>
       <c r="F80" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>204</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна медицина</t>
+          <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>32</v>
+        <v>14</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>211</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Ветеринарна гігієна, санітарія і експертиза</t>
+          <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
-[...526 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I98"/>
+  <autoFilter ref="A1:I82"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>