--- v0 (2025-12-07)
+++ v1 (2025-12-15)
@@ -2918,51 +2918,51 @@
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
         <v>83</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
@@ -3080,51 +3080,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>