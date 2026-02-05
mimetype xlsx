--- v1 (2025-12-15)
+++ v2 (2026-02-05)
@@ -2915,54 +2915,54 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
@@ -2981,51 +2981,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -3080,51 +3080,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>