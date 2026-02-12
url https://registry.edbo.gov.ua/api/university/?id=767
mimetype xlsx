--- v0 (2025-12-07)
+++ v1 (2026-02-12)
@@ -3255,87 +3255,87 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B14</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F3" s="8" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
@@ -3465,84 +3465,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E8" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
@@ -3597,84 +3597,84 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>