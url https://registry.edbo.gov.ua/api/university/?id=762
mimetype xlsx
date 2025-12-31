--- v0 (2025-11-01)
+++ v1 (2025-12-31)
@@ -3847,51 +3847,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>