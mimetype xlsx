--- v1 (2025-12-31)
+++ v2 (2026-03-03)
@@ -3191,54 +3191,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="8" t="n">
         <v>54490</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I31" s="9"/>
+          <t>ДС 006873</t>
+        </is>
+      </c>
+      <c r="I31" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="8" t="n">
@@ -3748,51 +3750,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>24</v>
+        <v>17</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -3847,51 +3849,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -3913,84 +3915,84 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>