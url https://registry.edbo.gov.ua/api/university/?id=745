--- v0 (2026-01-06)
+++ v1 (2026-03-26)
@@ -3573,183 +3573,183 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>