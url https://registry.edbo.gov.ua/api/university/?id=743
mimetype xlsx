--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -2005,98 +2005,100 @@
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E15" s="8" t="n">
         <v>72658</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Технології)</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I15" s="9"/>
+          <t>ДС 002693</t>
+        </is>
+      </c>
+      <c r="I15" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E16" s="8" t="n">
         <v>72662</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
           <t>ДС 006421</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
-        <v>45992</v>
+        <v>46204</v>
       </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>