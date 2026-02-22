--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -2198,51 +2198,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -2338,51 +2338,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -2449,51 +2449,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E10" s="8" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>