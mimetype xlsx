--- v0 (2026-01-27)
+++ v1 (2026-03-13)
@@ -366,69 +366,77 @@
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Стрілецька, 5</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+38(096)-258-03-03;</t>
+          <t>+38(096)-258-03-03</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3"/>
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>vmvpu.vn.ua@gmail.com</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3"/>
+      <c r="B18" s="3" t="inlineStr">
+        <is>
+          <t>http://vmvpu.vn.ua/</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Дмитрик Олександр Дмитрович</t>
         </is>
       </c>
     </row>
@@ -690,243 +698,259 @@
         </is>
       </c>
       <c r="C1" s="6" t="inlineStr">
         <is>
           <t>Свідоцтво про атестацію</t>
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерного набору
 </t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D2" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D2" s="9" t="n">
+        <v>48599</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерного набору
 4112 Оператор комп'ютерної верстки
 </t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C3" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D3" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D3" s="9" t="n">
+        <v>48598</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 </t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>90</v>
       </c>
       <c r="C4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>4115 Секретар
 </t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>15</v>
       </c>
       <c r="C5" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D5" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D5" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>4121 Обліковець з реєстрації бухгалтерських даних
 </t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C6" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D6" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D6" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>4131 Агент з постачання
 </t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>4131 Агент з постачання
 5220 Продавець продовольчих товарів
 </t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C8" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D8" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D8" s="9" t="n">
+        <v>48599</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>4222 Офіс-адміністратор
 </t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>4222 Адміністратор
 </t>
         </is>
       </c>
       <c r="B10" s="8" t="n">
         <v>10</v>
       </c>
       <c r="C10" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D10" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D10" s="9" t="n">
+        <v>48598</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>4222 Адміністратор
 </t>
         </is>
       </c>
       <c r="B11" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C11" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D11" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D11" s="9" t="n">
+        <v>48598</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>4229 Оператор телекомунікаційних послуг
 </t>
         </is>
       </c>
       <c r="B12" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 </t>
         </is>
       </c>
       <c r="B13" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C13" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D13" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D13" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер
 </t>
         </is>
       </c>
       <c r="B14" s="8" t="n">
         <v>90</v>
       </c>
       <c r="C14" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 </t>
         </is>
@@ -948,139 +972,149 @@
 </t>
         </is>
       </c>
       <c r="B16" s="8" t="n">
         <v>10</v>
       </c>
       <c r="C16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>7241 Електромеханік з ремонту та обслуговування лічильно-обчислювальних машин
 </t>
         </is>
       </c>
       <c r="B17" s="8" t="n">
         <v>90</v>
       </c>
       <c r="C17" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D17" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D17" s="9" t="n">
+        <v>48022</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>7242 Монтажник інформаційно-комунікаційного устаткування
 </t>
         </is>
       </c>
       <c r="B18" s="8" t="n">
         <v>60</v>
       </c>
       <c r="C18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>7344 Фотограф (фотороботи)
 </t>
         </is>
       </c>
       <c r="B19" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C19" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D19" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D19" s="9" t="n">
+        <v>48598</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>7344 Фотограф (фотороботи)
 </t>
         </is>
       </c>
       <c r="B20" s="8" t="n">
         <v>15</v>
       </c>
       <c r="C20" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D20" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D20" s="9" t="n">
+        <v>48598</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>7344 Фотограф (фотороботи)
 </t>
         </is>
       </c>
       <c r="B21" s="8" t="n">
         <v>10</v>
       </c>
       <c r="C21" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D21" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D21" s="9" t="n">
+        <v>48598</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>7412 Кондитер
 </t>
         </is>
       </c>
       <c r="B22" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C22" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D22" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D22" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K5"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
@@ -1392,51 +1426,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -1513,74 +1547,74 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 7241 Електромеханік з ремонту та обслуговування лічильно-обчислювальних машин</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення
 7242 Монтажник інформаційно-комунікаційного устаткування</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>50</v>
       </c>
       <c r="C4" s="8" t="n">
@@ -1604,120 +1638,120 @@
         </is>
       </c>
       <c r="B5" s="8" t="n">
         <v>83</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>4131 Агент з постачання</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>4131 Агент з постачання
 5220 Продавець продовольчих товарів</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>4222 Адміністратор
 4121 Обліковець з реєстрації бухгалтерських даних</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7241 Електромеханік з ремонту та обслуговування лічильно-обчислювальних машин
 7242 Монтажник інформаційно-комунікаційного устаткування</t>
         </is>
       </c>
       <c r="B10" s="8" t="n">
         <v>43</v>
       </c>
       <c r="C10" s="8" t="n">