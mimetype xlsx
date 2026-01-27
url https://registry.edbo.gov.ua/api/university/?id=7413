--- v0 (2025-11-30)
+++ v1 (2026-01-27)
@@ -192,93 +192,97 @@
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
         </is>
       </c>
       <c r="B1" s="3" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Вінницький професійний коледж сфери послуг" Вінницької обласної ради</t>
+          <t>Комунальний заклад "Вінницький професійний коледж сфери послуг" Вінницької обласної Ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="2" t="inlineStr">
         <is>
           <t>Код</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>7413</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Код головного закладу</t>
         </is>
       </c>
       <c r="B3" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Коротка назва</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>КЗ ВПКСП</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти (англ.)</t>
         </is>
       </c>
-      <c r="B5" s="3"/>
+      <c r="B5" s="3" t="inlineStr">
+        <is>
+          <t>Municipal Institution «Vinnytsia Professional College of Services» of Vinnytsia Regional Council</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>ОЦ «Крим-Україна», ОЦ «Донбас-Україна»</t>
         </is>
       </c>
       <c r="B6" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Рік заснування</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>2025</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Категорія закладу освіти</t>
@@ -348,107 +352,107 @@
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (місцезнаходження)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>Хмельницьке шосе , 145</t>
+          <t>Хмельницьке шосе, 145</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+38(043)-256-14-23</t>
+          <t>+38(043)-205-61-42;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>vpusp@ukr.net</t>
+          <t>vpcs@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Балицька Валентина Євгенівна</t>
+          <t>Балицька Валентина Євгеніївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -780,232 +784,232 @@
         </is>
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4113 Оператор з обробки інформації та програмного забезпечення</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>4221 Агент з організації туризму
 4222 Адміністратор</t>
         </is>
       </c>
       <c r="B3" s="8" t="n">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="C3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5129 Майстер ресторанного обслуговування</t>
         </is>
       </c>
       <c r="B4" s="8" t="n">
         <v>39</v>
       </c>
       <c r="C4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B5" s="8" t="n">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="C5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)</t>
         </is>
       </c>
       <c r="B6" s="8" t="n">
         <v>27</v>
       </c>
       <c r="C6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B7" s="8" t="n">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів</t>
         </is>
       </c>
       <c r="B8" s="8" t="n">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7241 Слюсар-електрик з ремонту електроустаткування</t>
         </is>
       </c>
       <c r="B9" s="8" t="n">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7242 Монтажник радіоелектронної апаратури та приладів</t>
         </is>
       </c>
       <c r="B10" s="8" t="n">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7433 Кравець
 7435 Закрійник</t>
         </is>
       </c>
       <c r="B11" s="8" t="n">
         <v>33</v>
       </c>
       <c r="C11" s="8" t="n">