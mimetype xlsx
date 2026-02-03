--- v0 (2025-12-05)
+++ v1 (2026-02-03)
@@ -1,70 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
-    <sheet name="Здобувачі ПТО" sheetId="2" state="visible" r:id="rId3"/>
+    <sheet name="Ліцензії ПТО" sheetId="2" state="visible" r:id="rId3"/>
+    <sheet name="Здобувачі ПТО" sheetId="3" state="visible" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$14</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$110</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$13</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="3">
+  <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
+    <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -101,93 +105,105 @@
   <cellStyleXfs count="20">
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="true" borderId="0" fillId="0" fontId="0" numFmtId="164">
       <alignment horizontal="general" indent="0" shrinkToFit="false" textRotation="0" vertical="bottom" wrapText="false"/>
       <protection hidden="false" locked="true"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="10">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="4" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="166" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
+    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="167" xfId="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="4" numFmtId="164" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="166" xfId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="165" xfId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="167" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
@@ -418,404 +434,2316 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:F14"/>
+  <dimension ref="A1:D110"/>
+  <sheetViews>
+    <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
+    <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
+    <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
+    <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="12"/>
+    <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
+  </cols>
+  <sheetData>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
+      <c r="A1" s="6" t="inlineStr">
+        <is>
+          <t>Професії</t>
+        </is>
+      </c>
+      <c r="B1" s="6" t="inlineStr">
+        <is>
+          <t>Ліцензійний обсяг</t>
+        </is>
+      </c>
+      <c r="C1" s="6" t="inlineStr">
+        <is>
+          <t>Свідоцтво про атестацію</t>
+        </is>
+      </c>
+      <c r="D1" s="6" t="inlineStr">
+        <is>
+          <t>Дата закінчення дії</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+      <c r="A2" s="3" t="inlineStr">
+        <is>
+          <t>4112 Оператор комп'ютерного набору
+</t>
+        </is>
+      </c>
+      <c r="B2" s="7" t="n">
+        <v>25</v>
+      </c>
+      <c r="C2" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D2" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
+      <c r="A3" s="3" t="inlineStr">
+        <is>
+          <t>4112 Оператор комп'ютерного набору
+4121 Офісний службовець (бухгалтерія)
+</t>
+        </is>
+      </c>
+      <c r="B3" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C3" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D3" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
+      <c r="A4" s="3" t="inlineStr">
+        <is>
+          <t>4115 Секретар керівника (організації, підприємства, установи)
+4112 Оператор комп'ютерного набору
+</t>
+        </is>
+      </c>
+      <c r="B4" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C4" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D4" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
+      <c r="A5" s="3" t="inlineStr">
+        <is>
+          <t>4115 Асистент референта
+4112 Оператор комп'ютерного набору
+</t>
+        </is>
+      </c>
+      <c r="B5" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C5" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D5" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
+      <c r="A6" s="3" t="inlineStr">
+        <is>
+          <t>4222 Адміністратор
+5220 Продавець продовольчих товарів
+</t>
+        </is>
+      </c>
+      <c r="B6" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C6" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D6" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+      <c r="A7" s="3" t="inlineStr">
+        <is>
+          <t>5122 Кухар
+</t>
+        </is>
+      </c>
+      <c r="B7" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C7" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D7" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="3" t="inlineStr">
+        <is>
+          <t>5122 Кухар
+</t>
+        </is>
+      </c>
+      <c r="B8" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C8" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D8" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="3" t="inlineStr">
+        <is>
+          <t>5122 Кухар
+</t>
+        </is>
+      </c>
+      <c r="B9" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C9" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D9" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="3" t="inlineStr">
+        <is>
+          <t>5122 Кухар
+</t>
+        </is>
+      </c>
+      <c r="B10" s="7" t="n">
+        <v>20</v>
+      </c>
+      <c r="C10" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D10" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="3" t="inlineStr">
+        <is>
+          <t>5122 Кухар
+</t>
+        </is>
+      </c>
+      <c r="B11" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C11" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D11" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="3" t="inlineStr">
+        <is>
+          <t>5122 Кухар
+5123 Бармен
+</t>
+        </is>
+      </c>
+      <c r="B12" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C12" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D12" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="3" t="inlineStr">
+        <is>
+          <t>5122 Кухар
+5123 Офіціант
+</t>
+        </is>
+      </c>
+      <c r="B13" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C13" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D13" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="3" t="inlineStr">
+        <is>
+          <t>5122 Кухар
+5123 Бармен
+</t>
+        </is>
+      </c>
+      <c r="B14" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C14" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D14" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="3" t="inlineStr">
+        <is>
+          <t>5122 Кухар
+7412 Кондитер
+</t>
+        </is>
+      </c>
+      <c r="B15" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C15" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D15" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="3" t="inlineStr">
+        <is>
+          <t>5123 Офіціант
+</t>
+        </is>
+      </c>
+      <c r="B16" s="7" t="n">
+        <v>20</v>
+      </c>
+      <c r="C16" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D16" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="3" t="inlineStr">
+        <is>
+          <t>5123 Бармен
+</t>
+        </is>
+      </c>
+      <c r="B17" s="7" t="n">
+        <v>20</v>
+      </c>
+      <c r="C17" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D17" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="3" t="inlineStr">
+        <is>
+          <t>5220 Продавець продовольчих товарів
+</t>
+        </is>
+      </c>
+      <c r="B18" s="7" t="n">
+        <v>20</v>
+      </c>
+      <c r="C18" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D18" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="3" t="inlineStr">
+        <is>
+          <t>5220 Продавець непродовольчих товарів
+</t>
+        </is>
+      </c>
+      <c r="B19" s="7" t="n">
+        <v>20</v>
+      </c>
+      <c r="C19" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D19" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="3" t="inlineStr">
+        <is>
+          <t>5220 Продавець продовольчих товарів
+5220 Продавець непродовольчих товарів
+</t>
+        </is>
+      </c>
+      <c r="B20" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C20" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D20" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="3" t="inlineStr">
+        <is>
+          <t>6113 Озеленювач
+</t>
+        </is>
+      </c>
+      <c r="B21" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C21" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D21" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="3" t="inlineStr">
+        <is>
+          <t>6113 Озеленювач
+</t>
+        </is>
+      </c>
+      <c r="B22" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C22" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D22" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="3" t="inlineStr">
+        <is>
+          <t>6113 Озеленювач
+</t>
+        </is>
+      </c>
+      <c r="B23" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C23" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D23" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="3" t="inlineStr">
+        <is>
+          <t>6113 Озеленювач
+</t>
+        </is>
+      </c>
+      <c r="B24" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C24" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D24" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="3" t="inlineStr">
+        <is>
+          <t>6113 Квітникар
+</t>
+        </is>
+      </c>
+      <c r="B25" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C25" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D25" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="3" t="inlineStr">
+        <is>
+          <t>6113 Квітникар
+</t>
+        </is>
+      </c>
+      <c r="B26" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C26" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D26" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="3" t="inlineStr">
+        <is>
+          <t>6113 Квітникар
+</t>
+        </is>
+      </c>
+      <c r="B27" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C27" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D27" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="3" t="inlineStr">
+        <is>
+          <t>7124 Столяр будівельний
+</t>
+        </is>
+      </c>
+      <c r="B28" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C28" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D28" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="3" t="inlineStr">
+        <is>
+          <t>7124 Столяр будівельний
+</t>
+        </is>
+      </c>
+      <c r="B29" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C29" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D29" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="3" t="inlineStr">
+        <is>
+          <t>7129 Монтажник систем утеплення будівель
+</t>
+        </is>
+      </c>
+      <c r="B30" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C30" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D30" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="3" t="inlineStr">
+        <is>
+          <t>7129 Монтажник систем утеплення будівель
+</t>
+        </is>
+      </c>
+      <c r="B31" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C31" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D31" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="3" t="inlineStr">
+        <is>
+          <t>7129 Монтажник систем утеплення будівель
+</t>
+        </is>
+      </c>
+      <c r="B32" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C32" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D32" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="3" t="inlineStr">
+        <is>
+          <t>7129 Монтажник систем утеплення будівель
+</t>
+        </is>
+      </c>
+      <c r="B33" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C33" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D33" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="3" t="inlineStr">
+        <is>
+          <t>7129 Монтажник гіпсокартонних конструкцій
+</t>
+        </is>
+      </c>
+      <c r="B34" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C34" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D34" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="3" t="inlineStr">
+        <is>
+          <t>7129 Монтажник гіпсокартонних конструкцій
+</t>
+        </is>
+      </c>
+      <c r="B35" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C35" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D35" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="3" t="inlineStr">
+        <is>
+          <t>7129 Монтажник гіпсокартонних конструкцій
+</t>
+        </is>
+      </c>
+      <c r="B36" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C36" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D36" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="3" t="inlineStr">
+        <is>
+          <t>7129 Монтажник гіпсокартонних конструкцій
+</t>
+        </is>
+      </c>
+      <c r="B37" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C37" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D37" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="3" t="inlineStr">
+        <is>
+          <t>7132 Лицювальник-плиточник
+</t>
+        </is>
+      </c>
+      <c r="B38" s="7" t="n">
+        <v>75</v>
+      </c>
+      <c r="C38" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D38" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="3" t="inlineStr">
+        <is>
+          <t>7132 Лицювальник-плиточник
+</t>
+        </is>
+      </c>
+      <c r="B39" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C39" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D39" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="3" t="inlineStr">
+        <is>
+          <t>7132 Лицювальник-плиточник
+</t>
+        </is>
+      </c>
+      <c r="B40" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C40" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D40" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="3" t="inlineStr">
+        <is>
+          <t>7132 Лицювальник-плиточник
+</t>
+        </is>
+      </c>
+      <c r="B41" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C41" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D41" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="3" t="inlineStr">
+        <is>
+          <t>7133 Штукатур
+</t>
+        </is>
+      </c>
+      <c r="B42" s="7" t="n">
+        <v>100</v>
+      </c>
+      <c r="C42" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D42" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="3" t="inlineStr">
+        <is>
+          <t>7133 Штукатур
+</t>
+        </is>
+      </c>
+      <c r="B43" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C43" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D43" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="3" t="inlineStr">
+        <is>
+          <t>7133 Штукатур
+</t>
+        </is>
+      </c>
+      <c r="B44" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C44" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D44" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="3" t="inlineStr">
+        <is>
+          <t>7133 Штукатур
+</t>
+        </is>
+      </c>
+      <c r="B45" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C45" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D45" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="3" t="inlineStr">
+        <is>
+          <t>7136 Монтажник санітарно-технічних систем і устаткування
+</t>
+        </is>
+      </c>
+      <c r="B46" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C46" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D46" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="3" t="inlineStr">
+        <is>
+          <t>7136 Монтажник санітарно-технічних систем і устаткування
+</t>
+        </is>
+      </c>
+      <c r="B47" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="C47" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D47" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="3" t="inlineStr">
+        <is>
+          <t>7136 Монтажник санітарно-технічних систем і устаткування
+</t>
+        </is>
+      </c>
+      <c r="B48" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="C48" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D48" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="3" t="inlineStr">
+        <is>
+          <t>7136 Монтажник санітарно-технічних систем і устаткування
+</t>
+        </is>
+      </c>
+      <c r="B49" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C49" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D49" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="3" t="inlineStr">
+        <is>
+          <t>7136 Монтажник санітарно-технічних систем і устаткування
+7212 Електрогазозварник
+</t>
+        </is>
+      </c>
+      <c r="B50" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C50" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D50" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="3" t="inlineStr">
+        <is>
+          <t>7141 Маляр
+</t>
+        </is>
+      </c>
+      <c r="B51" s="7" t="n">
+        <v>45</v>
+      </c>
+      <c r="C51" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D51" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="3" t="inlineStr">
+        <is>
+          <t>7141 Маляр
+</t>
+        </is>
+      </c>
+      <c r="B52" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C52" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D52" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="3" t="inlineStr">
+        <is>
+          <t>7141 Маляр
+</t>
+        </is>
+      </c>
+      <c r="B53" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C53" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D53" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="3" t="inlineStr">
+        <is>
+          <t>7141 Маляр
+</t>
+        </is>
+      </c>
+      <c r="B54" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C54" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D54" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрогазозварник
+</t>
+        </is>
+      </c>
+      <c r="B55" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C55" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D55" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрогазозварник
+</t>
+        </is>
+      </c>
+      <c r="B56" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C56" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D56" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрозварник на автоматичних та напівавтоматичних машинах
+</t>
+        </is>
+      </c>
+      <c r="B57" s="7" t="n">
+        <v>20</v>
+      </c>
+      <c r="C57" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D57" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрогазозварник
+</t>
+        </is>
+      </c>
+      <c r="B58" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C58" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D58" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрогазозварник
+7212 Електрозварник на автоматичних та напівавтоматичних машинах
+</t>
+        </is>
+      </c>
+      <c r="B59" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C59" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D59" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрогазозварник
+7213 Бляхар
+</t>
+        </is>
+      </c>
+      <c r="B60" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C60" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D60" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрогазозварник
+8322 Водій автотранспортних засобів (категорія C1)
+</t>
+        </is>
+      </c>
+      <c r="B61" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C61" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D61" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрогазозварник
+8322 Водій автотранспортних засобів (категорія C)
+</t>
+        </is>
+      </c>
+      <c r="B62" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C62" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D62" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="3" t="inlineStr">
+        <is>
+          <t>7222 Слюсар-інструментальник
+</t>
+        </is>
+      </c>
+      <c r="B63" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C63" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D63" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="3" t="inlineStr">
+        <is>
+          <t>7222 Слюсар-інструментальник
+</t>
+        </is>
+      </c>
+      <c r="B64" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C64" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D64" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="3" t="inlineStr">
+        <is>
+          <t>7222 Слюсар-інструментальник
+</t>
+        </is>
+      </c>
+      <c r="B65" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C65" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D65" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="3" t="inlineStr">
+        <is>
+          <t>7231 Слюсар з ремонту колісних транспортних засобів
+</t>
+        </is>
+      </c>
+      <c r="B66" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C66" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D66" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="3" t="inlineStr">
+        <is>
+          <t>7231 Слюсар з ремонту колісних транспортних засобів
+</t>
+        </is>
+      </c>
+      <c r="B67" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C67" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D67" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="3" t="inlineStr">
+        <is>
+          <t>7231 Слюсар з ремонту колісних транспортних засобів
+</t>
+        </is>
+      </c>
+      <c r="B68" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C68" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D68" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="3" t="inlineStr">
+        <is>
+          <t>7231 Слюсар з ремонту колісних транспортних засобів
+</t>
+        </is>
+      </c>
+      <c r="B69" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C69" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D69" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="3" t="inlineStr">
+        <is>
+          <t>7231 Слюсар з ремонту колісних транспортних засобів
+7212 Електрозварник ручного зварювання
+8322 Водій автотранспортних засобів (категорія C)
+</t>
+        </is>
+      </c>
+      <c r="B70" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C70" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D70" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="3" t="inlineStr">
+        <is>
+          <t>7231 Слюсар з ремонту колісних транспортних засобів
+8322 Водій автотранспортних засобів (категорія C)
+</t>
+        </is>
+      </c>
+      <c r="B71" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C71" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D71" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="3" t="inlineStr">
+        <is>
+          <t>7233 Слюсар з ремонту сільськогосподарських машин та устаткування
+</t>
+        </is>
+      </c>
+      <c r="B72" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C72" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D72" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="3" t="inlineStr">
+        <is>
+          <t>7233 Слюсар з ремонту сільськогосподарських машин та устаткування
+</t>
+        </is>
+      </c>
+      <c r="B73" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C73" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D73" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="3" t="inlineStr">
+        <is>
+          <t>7233 Слюсар з ремонту сільськогосподарських машин та устаткування
+</t>
+        </is>
+      </c>
+      <c r="B74" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C74" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D74" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="3" t="inlineStr">
+        <is>
+          <t>7233 Слюсар-ремонтник
+</t>
+        </is>
+      </c>
+      <c r="B75" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C75" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D75" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="3" t="inlineStr">
+        <is>
+          <t>7233 Слюсар-ремонтник
+</t>
+        </is>
+      </c>
+      <c r="B76" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C76" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D76" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="3" t="inlineStr">
+        <is>
+          <t>7233 Слюсар-ремонтник
+</t>
+        </is>
+      </c>
+      <c r="B77" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C77" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D77" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="3" t="inlineStr">
+        <is>
+          <t>7233 Слюсар з механоскладальних робіт
+</t>
+        </is>
+      </c>
+      <c r="B78" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C78" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D78" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="3" t="inlineStr">
+        <is>
+          <t>7233 Слюсар з механоскладальних робіт
+</t>
+        </is>
+      </c>
+      <c r="B79" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C79" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D79" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="3" t="inlineStr">
+        <is>
+          <t>7233 Слюсар з механоскладальних робіт
+</t>
+        </is>
+      </c>
+      <c r="B80" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C80" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D80" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="3" t="inlineStr">
+        <is>
+          <t>7233 Слюсар з ремонту дорожньо-будівельних машин та тракторів
+</t>
+        </is>
+      </c>
+      <c r="B81" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C81" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D81" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="3" t="inlineStr">
+        <is>
+          <t>7233 Слюсар з ремонту дорожньо-будівельних машин та тракторів
+</t>
+        </is>
+      </c>
+      <c r="B82" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C82" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D82" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="3" t="inlineStr">
+        <is>
+          <t>7233 Слюсар з ремонту дорожньо-будівельних машин та тракторів
+</t>
+        </is>
+      </c>
+      <c r="B83" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C83" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D83" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="3" t="inlineStr">
+        <is>
+          <t>7233 Слюсар-ремонтник
+</t>
+        </is>
+      </c>
+      <c r="B84" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C84" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D84" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="3" t="inlineStr">
+        <is>
+          <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
+</t>
+        </is>
+      </c>
+      <c r="B85" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C85" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D85" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="3" t="inlineStr">
+        <is>
+          <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
+</t>
+        </is>
+      </c>
+      <c r="B86" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C86" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D86" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="3" t="inlineStr">
+        <is>
+          <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
+</t>
+        </is>
+      </c>
+      <c r="B87" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C87" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D87" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="3" t="inlineStr">
+        <is>
+          <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
+8322 Водій автотранспортних засобів (категорія C)
+</t>
+        </is>
+      </c>
+      <c r="B88" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C88" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D88" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="3" t="inlineStr">
+        <is>
+          <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
+8322 Водій автотранспортних засобів (категорія C)
+</t>
+        </is>
+      </c>
+      <c r="B89" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C89" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D89" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="3" t="inlineStr">
+        <is>
+          <t>7412 Кондитер
+</t>
+        </is>
+      </c>
+      <c r="B90" s="7" t="n">
+        <v>20</v>
+      </c>
+      <c r="C90" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D90" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="3" t="inlineStr">
+        <is>
+          <t>7423 Верстатник деревообробних верстатів
+</t>
+        </is>
+      </c>
+      <c r="B91" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C91" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D91" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="3" t="inlineStr">
+        <is>
+          <t>7423 Верстатник деревообробних верстатів
+</t>
+        </is>
+      </c>
+      <c r="B92" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C92" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D92" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="3" t="inlineStr">
+        <is>
+          <t>7423 Верстатник деревообробних верстатів
+</t>
+        </is>
+      </c>
+      <c r="B93" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C93" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D93" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="3" t="inlineStr">
+        <is>
+          <t>8163 Машиніст холодильних установок
+</t>
+        </is>
+      </c>
+      <c r="B94" s="7" t="n">
+        <v>20</v>
+      </c>
+      <c r="C94" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D94" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="3" t="inlineStr">
+        <is>
+          <t>8163 Машиніст холодильних установок
+7233 Слюсар-ремонтник
+</t>
+        </is>
+      </c>
+      <c r="B95" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C95" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D95" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="3" t="inlineStr">
+        <is>
+          <t>8211 Оператор верстатів з програмним керуванням
+</t>
+        </is>
+      </c>
+      <c r="B96" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C96" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D96" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="3" t="inlineStr">
+        <is>
+          <t>8211 Оператор верстатів з програмним керуванням
+</t>
+        </is>
+      </c>
+      <c r="B97" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C97" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D97" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="3" t="inlineStr">
+        <is>
+          <t>8211 Оператор верстатів з програмним керуванням
+</t>
+        </is>
+      </c>
+      <c r="B98" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C98" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D98" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="3" t="inlineStr">
+        <is>
+          <t>8211 Верстатник широкого профілю
+</t>
+        </is>
+      </c>
+      <c r="B99" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C99" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D99" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="3" t="inlineStr">
+        <is>
+          <t>8322 Водій автотранспортних засобів (категорія B)
+</t>
+        </is>
+      </c>
+      <c r="B100" s="7" t="n">
+        <v>50</v>
+      </c>
+      <c r="C100" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D100" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="3" t="inlineStr">
+        <is>
+          <t>8322 Водій автотранспортних засобів (категорія C)
+</t>
+        </is>
+      </c>
+      <c r="B101" s="7" t="n">
+        <v>55</v>
+      </c>
+      <c r="C101" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D101" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="3" t="inlineStr">
+        <is>
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1)
+</t>
+        </is>
+      </c>
+      <c r="B102" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="C102" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D102" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="3" t="inlineStr">
+        <is>
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A2)
+</t>
+        </is>
+      </c>
+      <c r="B103" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="C103" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D103" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="3" t="inlineStr">
+        <is>
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія D1)
+</t>
+        </is>
+      </c>
+      <c r="B104" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="C104" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D104" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="3" t="inlineStr">
+        <is>
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія G1, G2)
+</t>
+        </is>
+      </c>
+      <c r="B105" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="C105" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D105" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="3" t="inlineStr">
+        <is>
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1, A2, D1, G1, G2)
+7233 Слюсар з ремонту дорожньо-будівельних машин та тракторів
+</t>
+        </is>
+      </c>
+      <c r="B106" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C106" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D106" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="3" t="inlineStr">
+        <is>
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1, A2, D1, G1, G2)
+7233 Слюсар з ремонту дорожньо-будівельних машин та тракторів
+8322 Водій автотранспортних засобів (категорія C1)
+</t>
+        </is>
+      </c>
+      <c r="B107" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C107" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D107" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="3" t="inlineStr">
+        <is>
+          <t>8332 Машиніст крана автомобільного
+</t>
+        </is>
+      </c>
+      <c r="B108" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C108" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D108" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="3" t="inlineStr">
+        <is>
+          <t>8332 Машиніст крана автомобільного
+7231 Слюсар з ремонту колісних транспортних засобів
+8322 Водій автотранспортних засобів (категорія C)
+</t>
+        </is>
+      </c>
+      <c r="B109" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C109" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D109" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="3" t="inlineStr">
+        <is>
+          <t>8333 Машиніст крана (кранівник)
+8332 Машиніст крана автомобільного
+7215 Стропальник
+8322 Водій автотранспортних засобів (категорія C)
+</t>
+        </is>
+      </c>
+      <c r="B110" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C110" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D110" s="9"/>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:D110"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
+  <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
+    <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <sheetPr filterMode="false">
+    <pageSetUpPr fitToPage="false"/>
+  </sheetPr>
+  <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="7" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
-      <c r="A1" s="5" t="inlineStr">
+      <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Професії</t>
         </is>
       </c>
-      <c r="B1" s="5" t="inlineStr">
+      <c r="B1" s="6" t="inlineStr">
         <is>
           <t>Денна</t>
         </is>
       </c>
-      <c r="C1" s="5" t="inlineStr">
+      <c r="C1" s="6" t="inlineStr">
         <is>
           <t>Заочна</t>
         </is>
       </c>
-      <c r="D1" s="5" t="inlineStr">
+      <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
-      <c r="E1" s="5" t="inlineStr">
+      <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
-      <c r="F1" s="5" t="inlineStr">
+      <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Бармен</t>
         </is>
       </c>
-      <c r="B2" s="6" t="n">
+      <c r="B2" s="7" t="n">
         <v>16</v>
       </c>
-      <c r="C2" s="6" t="n">
-[...8 lines deleted...]
-      <c r="F2" s="6" t="n">
+      <c r="C2" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D2" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E2" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>6113 Озеленювач
 6113 Квітникар</t>
         </is>
       </c>
-      <c r="B3" s="6" t="n">
+      <c r="B3" s="7" t="n">
         <v>14</v>
       </c>
-      <c r="C3" s="6" t="n">
-[...8 lines deleted...]
-      <c r="F3" s="6" t="n">
+      <c r="C3" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D3" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E3" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник систем утеплення будівель
 7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
-      <c r="B4" s="6" t="n">
-[...11 lines deleted...]
-      <c r="F4" s="6" t="n">
+      <c r="B4" s="7" t="n">
+        <v>83</v>
+      </c>
+      <c r="C4" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D4" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E4" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 7212 Електрогазозварник</t>
         </is>
       </c>
-      <c r="B5" s="6" t="n">
+      <c r="B5" s="7" t="n">
         <v>36</v>
       </c>
-      <c r="C5" s="6" t="n">
-[...8 lines deleted...]
-      <c r="F5" s="6" t="n">
+      <c r="C5" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D5" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E5" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
-      <c r="B6" s="6" t="n">
-[...11 lines deleted...]
-      <c r="F6" s="6" t="n">
+      <c r="B6" s="7" t="n">
+        <v>111</v>
+      </c>
+      <c r="C6" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D6" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
-      <c r="B7" s="6" t="n">
+      <c r="B7" s="7" t="n">
         <v>21</v>
       </c>
-      <c r="C7" s="6" t="n">
-[...8 lines deleted...]
-      <c r="F7" s="6" t="n">
+      <c r="C7" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D7" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрозварник ручного зварювання
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
-      <c r="B8" s="6" t="n">
+      <c r="B8" s="7" t="n">
         <v>79</v>
       </c>
-      <c r="C8" s="6" t="n">
-[...8 lines deleted...]
-      <c r="F8" s="6" t="n">
+      <c r="C8" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D8" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E8" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 7133 Штукатур</t>
         </is>
       </c>
-      <c r="B9" s="6" t="n">
-[...11 lines deleted...]
-      <c r="F9" s="6" t="n">
+      <c r="B9" s="7" t="n">
+        <v>59</v>
+      </c>
+      <c r="C9" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D9" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
-          <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
-[...15 lines deleted...]
-      <c r="F10" s="6" t="n">
+          <t>8163 Машиніст холодильних установок
+7233 Слюсар-ремонтник</t>
+        </is>
+      </c>
+      <c r="B10" s="7" t="n">
+        <v>56</v>
+      </c>
+      <c r="C10" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D10" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E10" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
-          <t>8163 Машиніст холодильних установок
-[...15 lines deleted...]
-      <c r="F11" s="6" t="n">
+          <t>8331 Тракторист-машиніст сільськогосподарського виробництва
+7233 Слюсар з ремонту дорожньо-будівельних машин та тракторів</t>
+        </is>
+      </c>
+      <c r="B11" s="7" t="n">
+        <v>47</v>
+      </c>
+      <c r="C11" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D11" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E11" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
-        <is>
-[...21 lines deleted...]
-      <c r="A13" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту дорожньо-будівельних машин та тракторів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
-      <c r="B13" s="6" t="n">
-[...16 lines deleted...]
-      <c r="A14" s="3" t="inlineStr">
+      <c r="B12" s="7" t="n">
+        <v>77</v>
+      </c>
+      <c r="C12" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D12" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E12" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F12" s="7" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="3" t="inlineStr">
         <is>
           <t>8332 Машиніст крана автомобільного
 7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
-      <c r="B14" s="6" t="n">
+      <c r="B13" s="7" t="n">
         <v>69</v>
       </c>
-      <c r="C14" s="6" t="n">
-[...8 lines deleted...]
-      <c r="F14" s="6" t="n">
+      <c r="C13" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D13" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E13" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F13" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:F14"/>
+  <autoFilter ref="A1:F13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>