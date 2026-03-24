--- v1 (2026-02-03)
+++ v2 (2026-03-24)
@@ -519,90 +519,94 @@
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>4115 Секретар керівника (організації, підприємства, установи)
 4112 Оператор комп'ютерного набору
 </t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C4" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D4" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D4" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>4115 Асистент референта
 4112 Оператор комп'ютерного набору
 </t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>4222 Адміністратор
 5220 Продавець продовольчих товарів
 </t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C6" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D6" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D6" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 </t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 </t>
         </is>
       </c>
@@ -623,229 +627,247 @@
 </t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 </t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C10" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D10" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D10" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 </t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Бармен
 </t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Офіціант
 </t>
         </is>
       </c>
       <c r="B13" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C13" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D13" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D13" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5123 Бармен
 </t>
         </is>
       </c>
       <c r="B14" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C14" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D14" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D14" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер
 </t>
         </is>
       </c>
       <c r="B15" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C15" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D15" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D15" s="9" t="n">
+        <v>49116</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 </t>
         </is>
       </c>
       <c r="B16" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C16" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D16" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D16" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>5123 Бармен
 </t>
         </is>
       </c>
       <c r="B17" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C17" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D17" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D17" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>5220 Продавець продовольчих товарів
 </t>
         </is>
       </c>
       <c r="B18" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C18" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D18" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D18" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>5220 Продавець непродовольчих товарів
 </t>
         </is>
       </c>
       <c r="B19" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C19" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D19" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D19" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>5220 Продавець продовольчих товарів
 5220 Продавець непродовольчих товарів
 </t>
         </is>
       </c>
       <c r="B20" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C20" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D20" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D20" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>6113 Озеленювач
 </t>
         </is>
       </c>
       <c r="B21" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>6113 Озеленювач
 </t>
         </is>
       </c>
@@ -968,549 +990,599 @@
 </t>
         </is>
       </c>
       <c r="B29" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C29" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник систем утеплення будівель
 </t>
         </is>
       </c>
       <c r="B30" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C30" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D30" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D30" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник систем утеплення будівель
 </t>
         </is>
       </c>
       <c r="B31" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C31" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D31" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D31" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник систем утеплення будівель
 </t>
         </is>
       </c>
       <c r="B32" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C32" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D32" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D32" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник систем утеплення будівель
 </t>
         </is>
       </c>
       <c r="B33" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C33" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D33" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D33" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник гіпсокартонних конструкцій
 </t>
         </is>
       </c>
       <c r="B34" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C34" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D34" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D34" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник гіпсокартонних конструкцій
 </t>
         </is>
       </c>
       <c r="B35" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C35" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D35" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D35" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник гіпсокартонних конструкцій
 </t>
         </is>
       </c>
       <c r="B36" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C36" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D36" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D36" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник гіпсокартонних конструкцій
 </t>
         </is>
       </c>
       <c r="B37" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C37" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D37" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D37" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>7132 Лицювальник-плиточник
 </t>
         </is>
       </c>
       <c r="B38" s="7" t="n">
         <v>75</v>
       </c>
       <c r="C38" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D38" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D38" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>7132 Лицювальник-плиточник
 </t>
         </is>
       </c>
       <c r="B39" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C39" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D39" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D39" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>7132 Лицювальник-плиточник
 </t>
         </is>
       </c>
       <c r="B40" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C40" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D40" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D40" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>7132 Лицювальник-плиточник
 </t>
         </is>
       </c>
       <c r="B41" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C41" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D41" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D41" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 </t>
         </is>
       </c>
       <c r="B42" s="7" t="n">
         <v>100</v>
       </c>
       <c r="C42" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D42" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D42" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 </t>
         </is>
       </c>
       <c r="B43" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C43" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D43" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D43" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 </t>
         </is>
       </c>
       <c r="B44" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C44" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D44" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D44" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 </t>
         </is>
       </c>
       <c r="B45" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C45" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D45" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D45" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 </t>
         </is>
       </c>
       <c r="B46" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C46" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 </t>
         </is>
       </c>
       <c r="B47" s="7" t="n">
         <v>10</v>
       </c>
       <c r="C47" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D47" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D47" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 </t>
         </is>
       </c>
       <c r="B48" s="7" t="n">
         <v>10</v>
       </c>
       <c r="C48" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D48" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D48" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 </t>
         </is>
       </c>
       <c r="B49" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C49" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 7212 Електрогазозварник
 </t>
         </is>
       </c>
       <c r="B50" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C50" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D50" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D50" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 </t>
         </is>
       </c>
       <c r="B51" s="7" t="n">
         <v>45</v>
       </c>
       <c r="C51" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D51" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D51" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 </t>
         </is>
       </c>
       <c r="B52" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C52" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D52" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D52" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 </t>
         </is>
       </c>
       <c r="B53" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C53" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D53" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D53" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>7141 Маляр
 </t>
         </is>
       </c>
       <c r="B54" s="7" t="n">
         <v>15</v>
       </c>
       <c r="C54" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D54" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D54" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 </t>
         </is>
       </c>
       <c r="B55" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C55" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D55" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 </t>
         </is>
       </c>
       <c r="B56" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C56" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D56" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник на автоматичних та напівавтоматичних машинах
 </t>
         </is>
       </c>
       <c r="B57" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C57" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D57" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D57" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 </t>
         </is>
       </c>
       <c r="B58" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C58" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D58" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах
 </t>
         </is>
       </c>
       <c r="B59" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C59" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D59" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D59" s="9" t="n">
+        <v>47867</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7213 Бляхар
 </t>
         </is>
       </c>
       <c r="B60" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C60" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D60" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 8322 Водій автотранспортних засобів (категорія C1)
 </t>
@@ -1911,71 +1983,75 @@
 </t>
         </is>
       </c>
       <c r="B84" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C84" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D84" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 </t>
         </is>
       </c>
       <c r="B85" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C85" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D85" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D85" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 </t>
         </is>
       </c>
       <c r="B86" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C86" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D86" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D86" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 </t>
         </is>
       </c>
       <c r="B87" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C87" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D87" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 8322 Водій автотранспортних засобів (категорія C)
 </t>
         </is>
@@ -1998,54 +2074,56 @@
 </t>
         </is>
       </c>
       <c r="B89" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C89" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D89" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>7412 Кондитер
 </t>
         </is>
       </c>
       <c r="B90" s="7" t="n">
         <v>20</v>
       </c>
       <c r="C90" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D90" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D90" s="9" t="n">
+        <v>49116</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>7423 Верстатник деревообробних верстатів
 </t>
         </is>
       </c>
       <c r="B91" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C91" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D91" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>7423 Верстатник деревообробних верстатів
 </t>
         </is>
       </c>
@@ -2272,90 +2350,94 @@
         </is>
       </c>
       <c r="B105" s="7" t="n">
         <v>10</v>
       </c>
       <c r="C105" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D105" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1, A2, D1, G1, G2)
 7233 Слюсар з ремонту дорожньо-будівельних машин та тракторів
 </t>
         </is>
       </c>
       <c r="B106" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C106" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D106" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D106" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва (категорія A1, A2, D1, G1, G2)
 7233 Слюсар з ремонту дорожньо-будівельних машин та тракторів
 8322 Водій автотранспортних засобів (категорія C1)
 </t>
         </is>
       </c>
       <c r="B107" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C107" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D107" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>8332 Машиніст крана автомобільного
 </t>
         </is>
       </c>
       <c r="B108" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C108" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D108" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D108" s="9" t="n">
+        <v>47275</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>8332 Машиніст крана автомобільного
 7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів (категорія C)
 </t>
         </is>
       </c>
       <c r="B109" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C109" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D109" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>8333 Машиніст крана (кранівник)
 8332 Машиніст крана автомобільного
@@ -2449,285 +2531,285 @@
       </c>
       <c r="B2" s="7" t="n">
         <v>16</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>6113 Озеленювач
 6113 Квітникар</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник систем утеплення будівель
 7133 Штукатур
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>36</v>
+        <v>21</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>111</v>
+        <v>77</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>21</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7231 Слюсар з ремонту колісних транспортних засобів
 7212 Електрозварник ручного зварювання
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 7133 Штукатур</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>8163 Машиніст холодильних установок
 7233 Слюсар-ремонтник</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту дорожньо-будівельних машин та тракторів</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>8331 Тракторист-машиніст сільськогосподарського виробництва
 7233 Слюсар з ремонту дорожньо-будівельних машин та тракторів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
         <v>77</v>
       </c>
       <c r="C12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E12" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F12" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>8332 Машиніст крана автомобільного
 7231 Слюсар з ремонту колісних транспортних засобів
 8322 Водій автотранспортних засобів</t>
         </is>
       </c>
       <c r="B13" s="7" t="n">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E13" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F13" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>