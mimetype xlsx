--- v0 (2025-10-08)
+++ v1 (2026-01-10)
@@ -1,66 +1,77 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
+    <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
+    <sheet name="Ліцензії ПТО" sheetId="3" state="visible" r:id="rId4"/>
+    <sheet name="Здобувачі ПТО" sheetId="4" state="visible" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$2</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$30</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$10</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <numFmts count="2">
+  <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
+    <numFmt numFmtId="166" formatCode="0"/>
+    <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -97,81 +108,105 @@
   <cellStyleXfs count="20">
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="true" borderId="0" fillId="0" fontId="0" numFmtId="164">
       <alignment horizontal="general" indent="0" shrinkToFit="false" textRotation="0" vertical="bottom" wrapText="false"/>
       <protection hidden="false" locked="true"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="2" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="10">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="4" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
+    <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="4" numFmtId="164" xfId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="166" xfId="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="167" xfId="0">
+      <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="166" xfId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="165" xfId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="167" xfId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
@@ -383,50 +418,957 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Сікірніцький Сергій Володимирович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
+  <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
+    <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <sheetPr filterMode="false">
+    <pageSetUpPr fitToPage="false"/>
+  </sheetPr>
+  <dimension ref="A1:A2"/>
+  <sheetViews>
+    <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
+    <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
+  </cols>
+  <sheetData>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
+      <c r="A1" s="4" t="inlineStr">
+        <is>
+          <t>Назва факультета</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+      <c r="A2" s="3" t="inlineStr">
+        <is>
+          <t>Учні</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:A2"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
+  <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
+    <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <sheetPr filterMode="false">
+    <pageSetUpPr fitToPage="false"/>
+  </sheetPr>
+  <dimension ref="A1:D30"/>
+  <sheetViews>
+    <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
+    <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
+    <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
+    <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="12"/>
+    <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
+  </cols>
+  <sheetData>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
+      <c r="A1" s="4" t="inlineStr">
+        <is>
+          <t>Професії</t>
+        </is>
+      </c>
+      <c r="B1" s="4" t="inlineStr">
+        <is>
+          <t>Ліцензійний обсяг</t>
+        </is>
+      </c>
+      <c r="C1" s="4" t="inlineStr">
+        <is>
+          <t>Свідоцтво про атестацію</t>
+        </is>
+      </c>
+      <c r="D1" s="4" t="inlineStr">
+        <is>
+          <t>Дата закінчення дії</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+      <c r="A2" s="3" t="inlineStr">
+        <is>
+          <t>4115 Секретар керівника (організації, підприємства, установи)
+</t>
+        </is>
+      </c>
+      <c r="B2" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C2" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D2" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
+      <c r="A3" s="3" t="inlineStr">
+        <is>
+          <t>4121 Офісний службовець (бухгалтерія)
+</t>
+        </is>
+      </c>
+      <c r="B3" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C3" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D3" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
+      <c r="A4" s="3" t="inlineStr">
+        <is>
+          <t>4121 Офісний службовець (бухгалтерія)
+</t>
+        </is>
+      </c>
+      <c r="B4" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C4" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D4" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
+      <c r="A5" s="3" t="inlineStr">
+        <is>
+          <t>4121 Офісний службовець (бухгалтерія)
+</t>
+        </is>
+      </c>
+      <c r="B5" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C5" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D5" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
+      <c r="A6" s="3" t="inlineStr">
+        <is>
+          <t>5122 Кухар
+</t>
+        </is>
+      </c>
+      <c r="B6" s="7" t="n">
+        <v>90</v>
+      </c>
+      <c r="C6" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D6" s="9" t="n">
+        <v>47275</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+      <c r="A7" s="3" t="inlineStr">
+        <is>
+          <t>5141 Перукар (перукар-модельєр)
+</t>
+        </is>
+      </c>
+      <c r="B7" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C7" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D7" s="9" t="n">
+        <v>47275</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="3" t="inlineStr">
+        <is>
+          <t>5141 Візажист
+</t>
+        </is>
+      </c>
+      <c r="B8" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C8" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D8" s="9" t="n">
+        <v>47275</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="3" t="inlineStr">
+        <is>
+          <t>5141 Візажист
+</t>
+        </is>
+      </c>
+      <c r="B9" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C9" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D9" s="9" t="n">
+        <v>47275</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="3" t="inlineStr">
+        <is>
+          <t>5141 Візажист
+</t>
+        </is>
+      </c>
+      <c r="B10" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C10" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D10" s="9" t="n">
+        <v>47275</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="3" t="inlineStr">
+        <is>
+          <t>7122 Муляр
+7212 Електрозварник ручного зварювання
+</t>
+        </is>
+      </c>
+      <c r="B11" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C11" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D11" s="9" t="n">
+        <v>47275</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="3" t="inlineStr">
+        <is>
+          <t>7124 Столяр будівельний
+</t>
+        </is>
+      </c>
+      <c r="B12" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C12" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D12" s="9" t="n">
+        <v>46571</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="3" t="inlineStr">
+        <is>
+          <t>7124 Столяр будівельний
+</t>
+        </is>
+      </c>
+      <c r="B13" s="7" t="n">
+        <v>15</v>
+      </c>
+      <c r="C13" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D13" s="9" t="n">
+        <v>46571</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="3" t="inlineStr">
+        <is>
+          <t>7124 Столяр будівельний
+7124 Тесляр
+</t>
+        </is>
+      </c>
+      <c r="B14" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C14" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D14" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="3" t="inlineStr">
+        <is>
+          <t>7129 Монтажник систем утеплення будівель
+</t>
+        </is>
+      </c>
+      <c r="B15" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C15" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D15" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="3" t="inlineStr">
+        <is>
+          <t>7129 Монтажник систем утеплення будівель
+</t>
+        </is>
+      </c>
+      <c r="B16" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C16" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D16" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="3" t="inlineStr">
+        <is>
+          <t>7129 Монтажник систем утеплення будівель
+</t>
+        </is>
+      </c>
+      <c r="B17" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C17" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D17" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="3" t="inlineStr">
+        <is>
+          <t>7133 Штукатур
+</t>
+        </is>
+      </c>
+      <c r="B18" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C18" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D18" s="9" t="n">
+        <v>46571</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="3" t="inlineStr">
+        <is>
+          <t>7133 Штукатур
+7141 Маляр
+7132 Лицювальник-плиточник
+</t>
+        </is>
+      </c>
+      <c r="B19" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C19" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D19" s="9" t="n">
+        <v>47275</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="3" t="inlineStr">
+        <is>
+          <t>7141 Маляр
+</t>
+        </is>
+      </c>
+      <c r="B20" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C20" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D20" s="9" t="n">
+        <v>46571</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрозварник ручного зварювання
+</t>
+        </is>
+      </c>
+      <c r="B21" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="C21" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D21" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрозварник ручного зварювання
+</t>
+        </is>
+      </c>
+      <c r="B22" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="C22" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D22" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрозварник ручного зварювання
+</t>
+        </is>
+      </c>
+      <c r="B23" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="C23" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D23" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="3" t="inlineStr">
+        <is>
+          <t>7212 Електрозварник ручного зварювання
+</t>
+        </is>
+      </c>
+      <c r="B24" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C24" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D24" s="9" t="n">
+        <v>48756</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="3" t="inlineStr">
+        <is>
+          <t>7412 Кондитер
+</t>
+        </is>
+      </c>
+      <c r="B25" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="C25" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D25" s="9" t="n">
+        <v>48981</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="3" t="inlineStr">
+        <is>
+          <t>7412 Кондитер
+</t>
+        </is>
+      </c>
+      <c r="B26" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="C26" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D26" s="9" t="n">
+        <v>48981</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="3" t="inlineStr">
+        <is>
+          <t>7412 Кондитер
+</t>
+        </is>
+      </c>
+      <c r="B27" s="7" t="n">
+        <v>30</v>
+      </c>
+      <c r="C27" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D27" s="9" t="n">
+        <v>48981</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="3" t="inlineStr">
+        <is>
+          <t>7412 Кондитер
+</t>
+        </is>
+      </c>
+      <c r="B28" s="7" t="n">
+        <v>10</v>
+      </c>
+      <c r="C28" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D28" s="9" t="n">
+        <v>48981</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="3" t="inlineStr">
+        <is>
+          <t>7433 Кравець
+</t>
+        </is>
+      </c>
+      <c r="B29" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C29" s="8" t="inlineStr">
+        <is>
+          <t> </t>
+        </is>
+      </c>
+      <c r="D29" s="9"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="3" t="inlineStr">
+        <is>
+          <t>7433 Кравець
+7435 Закрійник
+</t>
+        </is>
+      </c>
+      <c r="B30" s="7" t="n">
+        <v>60</v>
+      </c>
+      <c r="C30" s="8" t="inlineStr">
+        <is>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D30" s="9" t="n">
+        <v>47275</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:D30"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
+  <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
+    <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <sheetPr filterMode="false">
+    <pageSetUpPr fitToPage="false"/>
+  </sheetPr>
+  <dimension ref="A1:F10"/>
+  <sheetViews>
+    <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
+    <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="10"/>
+    <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="10"/>
+    <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="10"/>
+    <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
+    <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
+    <col collapsed="false" hidden="false" max="1024" min="7" style="0" customWidth="false" width="11.5"/>
+  </cols>
+  <sheetData>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
+      <c r="A1" s="4" t="inlineStr">
+        <is>
+          <t>Професії</t>
+        </is>
+      </c>
+      <c r="B1" s="4" t="inlineStr">
+        <is>
+          <t>Денна</t>
+        </is>
+      </c>
+      <c r="C1" s="4" t="inlineStr">
+        <is>
+          <t>Заочна</t>
+        </is>
+      </c>
+      <c r="D1" s="4" t="inlineStr">
+        <is>
+          <t>Екстернатна</t>
+        </is>
+      </c>
+      <c r="E1" s="4" t="inlineStr">
+        <is>
+          <t>Вечірня</t>
+        </is>
+      </c>
+      <c r="F1" s="4" t="inlineStr">
+        <is>
+          <t>Дистанційна</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+      <c r="A2" s="3" t="inlineStr">
+        <is>
+          <t>5122 Кухар
+7412 Кондитер</t>
+        </is>
+      </c>
+      <c r="B2" s="7" t="n">
+        <v>56</v>
+      </c>
+      <c r="C2" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D2" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E2" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F2" s="7" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
+      <c r="A3" s="3" t="inlineStr">
+        <is>
+          <t>5141 Перукар (перукар-модельєр)</t>
+        </is>
+      </c>
+      <c r="B3" s="7" t="n">
+        <v>1</v>
+      </c>
+      <c r="C3" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D3" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E3" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F3" s="7" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
+      <c r="A4" s="3" t="inlineStr">
+        <is>
+          <t>5141 Візажист
+5141 Перукар (перукар-модельєр)</t>
+        </is>
+      </c>
+      <c r="B4" s="7" t="n">
+        <v>86</v>
+      </c>
+      <c r="C4" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D4" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E4" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F4" s="7" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
+      <c r="A5" s="3" t="inlineStr">
+        <is>
+          <t>7122 Муляр
+7212 Електрозварник ручного зварювання</t>
+        </is>
+      </c>
+      <c r="B5" s="7" t="n">
+        <v>43</v>
+      </c>
+      <c r="C5" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D5" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E5" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F5" s="7" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
+      <c r="A6" s="3" t="inlineStr">
+        <is>
+          <t>7129 Монтажник систем утеплення будівель</t>
+        </is>
+      </c>
+      <c r="B6" s="7" t="n">
+        <v>4</v>
+      </c>
+      <c r="C6" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D6" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E6" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F6" s="7" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
+      <c r="A7" s="3" t="inlineStr">
+        <is>
+          <t>7129 Монтажник систем утеплення будівель
+7124 Столяр будівельний</t>
+        </is>
+      </c>
+      <c r="B7" s="7" t="n">
+        <v>14</v>
+      </c>
+      <c r="C7" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D7" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E7" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F7" s="7" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
+      <c r="A8" s="3" t="inlineStr">
+        <is>
+          <t>7133 Штукатур
+7141 Маляр</t>
+        </is>
+      </c>
+      <c r="B8" s="7" t="n">
+        <v>7</v>
+      </c>
+      <c r="C8" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D8" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E8" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F8" s="7" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="3" t="inlineStr">
+        <is>
+          <t>7133 Штукатур
+7141 Маляр
+7132 Лицювальник-плиточник</t>
+        </is>
+      </c>
+      <c r="B9" s="7" t="n">
+        <v>48</v>
+      </c>
+      <c r="C9" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D9" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E9" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F9" s="7" t="n">
+        <v>0</v>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="3" t="inlineStr">
+        <is>
+          <t>7433 Кравець
+7435 Закрійник</t>
+        </is>
+      </c>
+      <c r="B10" s="7" t="n">
+        <v>108</v>
+      </c>
+      <c r="C10" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="D10" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="E10" s="7" t="n">
+        <v>0</v>
+      </c>
+      <c r="F10" s="7" t="n">
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:F10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>