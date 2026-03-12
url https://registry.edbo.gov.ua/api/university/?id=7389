--- v1 (2026-01-10)
+++ v2 (2026-03-12)
@@ -1193,96 +1193,96 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>86</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник систем утеплення будівель</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>4</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7129 Монтажник систем утеплення будівель
 7124 Столяр будівельний</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7141 Маляр</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>7</v>
       </c>
       <c r="C8" s="7" t="n">