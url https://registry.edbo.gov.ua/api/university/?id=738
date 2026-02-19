--- v0 (2025-10-22)
+++ v1 (2026-02-19)
@@ -3490,51 +3490,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Будівництво та зварювання</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
@@ -3560,125 +3560,125 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Будівництво та зварювання</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Транспорт</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>