--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -2885,51 +2885,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -3050,84 +3050,84 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>185</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Нафтогазова інженерія та технології</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>