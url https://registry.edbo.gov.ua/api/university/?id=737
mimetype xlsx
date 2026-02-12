--- v1 (2025-12-15)
+++ v2 (2026-02-12)
@@ -410,51 +410,51 @@
         <is>
           <t>info@rckneu.com.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>http://rckneu.com.ua./.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Рудь Ніна Андріївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -2753,51 +2753,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -2885,51 +2885,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -2951,150 +2951,150 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>185</t>
         </is>
       </c>