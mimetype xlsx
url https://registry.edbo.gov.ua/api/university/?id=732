--- v0 (2025-10-23)
+++ v1 (2025-12-20)
@@ -3758,51 +3758,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
@@ -4055,51 +4055,51 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>