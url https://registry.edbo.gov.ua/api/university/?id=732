--- v1 (2025-12-20)
+++ v2 (2026-02-22)
@@ -3626,183 +3626,183 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
@@ -3956,150 +3956,150 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>167</v>
+        <v>120</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>