--- v0 (2025-10-19)
+++ v1 (2025-12-18)
@@ -338,63 +338,63 @@
         <is>
           <t>Донецька обл.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (місцезнаходження)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>м. Краматорськ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>вул. Шкадінова, 1</t>
+          <t>вул. Академічна, 1</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(050)620-26-04</t>
+          <t>+38(050)-620-26-04</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>drmstktsou@gmail.com</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">