--- v0 (2025-12-05)
+++ v1 (2026-02-05)
@@ -30,51 +30,51 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПДО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$14</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$23</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$461</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$304</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$295</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -1687,54 +1687,56 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="F21" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G21" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H21" s="9"/>
+          <t> 19546</t>
+        </is>
+      </c>
+      <c r="H21" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="I21" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 14.01.2021 № 2-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="3" t="inlineStr">
         <is>
@@ -3391,54 +3393,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>3761</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Спорт</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I18" s="9"/>
+          <t>- 19629</t>
+        </is>
+      </c>
+      <c r="I18" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t>НД 0895312</t>
         </is>
       </c>
       <c r="K18" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
@@ -4619,54 +4623,56 @@
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E46" s="6" t="n">
         <v>4153</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I46" s="9"/>
+          <t>- 19653</t>
+        </is>
+      </c>
+      <c r="I46" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J46" s="7" t="inlineStr">
         <is>
           <t>УД 08002839</t>
         </is>
       </c>
       <c r="K46" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
@@ -6556,54 +6562,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>2943</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I93" s="9"/>
+          <t>- 19714</t>
+        </is>
+      </c>
+      <c r="I93" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J93" s="7" t="inlineStr">
         <is>
           <t>НД 0895336</t>
         </is>
       </c>
       <c r="K93" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
@@ -12267,54 +12275,56 @@
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
         <v>63930</v>
       </c>
       <c r="F230" s="3" t="inlineStr">
         <is>
           <t>Організація освітнього середовища</t>
         </is>
       </c>
       <c r="G230" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H230" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I230" s="9"/>
+          <t>- 19459</t>
+        </is>
+      </c>
+      <c r="I230" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J230" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K230" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B231" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
@@ -12355,55 +12365,55 @@
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
         <v>35772</v>
       </c>
       <c r="F232" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G232" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H232" s="7" t="inlineStr">
         <is>
-          <t>- 973</t>
+          <t>- 19626</t>
         </is>
       </c>
       <c r="I232" s="9" t="n">
-        <v>46204</v>
+        <v>46400</v>
       </c>
       <c r="J232" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K232" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B233" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D233" s="3" t="inlineStr">
@@ -12551,54 +12561,56 @@
       <c r="C236" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D236" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E236" s="6" t="n">
         <v>63548</v>
       </c>
       <c r="F236" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Математика)</t>
         </is>
       </c>
       <c r="G236" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H236" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I236" s="9"/>
+          <t>- 19449</t>
+        </is>
+      </c>
+      <c r="I236" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J236" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K236" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B237" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D237" s="3" t="inlineStr">
         <is>
@@ -12696,54 +12708,56 @@
       <c r="C239" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D239" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E239" s="6" t="n">
         <v>58924</v>
       </c>
       <c r="F239" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізика та астрономія)</t>
         </is>
       </c>
       <c r="G239" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H239" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I239" s="9"/>
+          <t>- 19448</t>
+        </is>
+      </c>
+      <c r="I239" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J239" s="7" t="inlineStr">
         <is>
           <t>УД 08018018</t>
         </is>
       </c>
       <c r="K239" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B240" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
@@ -12884,54 +12898,56 @@
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D243" s="3"/>
       <c r="E243" s="6" t="n">
         <v>4150</v>
       </c>
       <c r="F243" s="3" t="inlineStr">
         <is>
           <t>Спорт</t>
         </is>
       </c>
       <c r="G243" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H243" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I243" s="9"/>
+          <t>- 19642</t>
+        </is>
+      </c>
+      <c r="I243" s="9" t="n">
+        <v>46400</v>
+      </c>
       <c r="J243" s="7" t="inlineStr">
         <is>
           <t>НД 0891908</t>
         </is>
       </c>
       <c r="K243" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B244" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
@@ -12978,54 +12994,56 @@
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
         <v>20695</v>
       </c>
       <c r="F245" s="3" t="inlineStr">
         <is>
           <t>Театральне мистецтво</t>
         </is>
       </c>
       <c r="G245" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H245" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I245" s="9"/>
+          <t>- 19644</t>
+        </is>
+      </c>
+      <c r="I245" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J245" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K245" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B246" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
@@ -13654,54 +13672,56 @@
       <c r="C259" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D259" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E259" s="6" t="n">
         <v>20696</v>
       </c>
       <c r="F259" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="G259" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H259" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I259" s="9"/>
+          <t>- 19652</t>
+        </is>
+      </c>
+      <c r="I259" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J259" s="7" t="inlineStr">
         <is>
           <t>НД 0891910</t>
         </is>
       </c>
       <c r="K259" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B260" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
@@ -13793,56 +13813,54 @@
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D262" s="3"/>
       <c r="E262" s="6" t="n">
         <v>4291</v>
       </c>
       <c r="F262" s="3" t="inlineStr">
         <is>
           <t>Управління персоналом та економіка праці</t>
         </is>
       </c>
       <c r="G262" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H262" s="7" t="inlineStr">
         <is>
-          <t>- 10052</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I262" s="9"/>
       <c r="J262" s="7" t="inlineStr">
         <is>
           <t>НД 0891911</t>
         </is>
       </c>
       <c r="K262" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B263" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
@@ -13887,56 +13905,54 @@
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D264" s="3"/>
       <c r="E264" s="6" t="n">
         <v>40055</v>
       </c>
       <c r="F264" s="3" t="inlineStr">
         <is>
           <t>Економіка та управління ринком землі</t>
         </is>
       </c>
       <c r="G264" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H264" s="7" t="inlineStr">
         <is>
-          <t>- 9769</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I264" s="9"/>
       <c r="J264" s="7" t="inlineStr">
         <is>
           <t>НД 0891911</t>
         </is>
       </c>
       <c r="K264" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B265" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C265" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
@@ -14067,54 +14083,56 @@
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C268" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D268" s="3"/>
       <c r="E268" s="6" t="n">
         <v>2409</v>
       </c>
       <c r="F268" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="G268" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H268" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I268" s="9"/>
+          <t>- 19487</t>
+        </is>
+      </c>
+      <c r="I268" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J268" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K268" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B269" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C269" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D269" s="3"/>
       <c r="E269" s="6" t="n">
@@ -14691,99 +14709,103 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C282" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D282" s="3"/>
       <c r="E282" s="6" t="n">
         <v>3011</v>
       </c>
       <c r="F282" s="3" t="inlineStr">
         <is>
           <t>Бізнес-адміністрування</t>
         </is>
       </c>
       <c r="G282" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H282" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I282" s="9"/>
+          <t>- 19691</t>
+        </is>
+      </c>
+      <c r="I282" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J282" s="7" t="inlineStr">
         <is>
           <t>НД 0891919</t>
         </is>
       </c>
       <c r="K282" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B283" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C283" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D283" s="3"/>
       <c r="E283" s="6" t="n">
         <v>3287</v>
       </c>
       <c r="F283" s="3" t="inlineStr">
         <is>
           <t>Менеджмент зовнішньоекономічної діяльності</t>
         </is>
       </c>
       <c r="G283" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H283" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I283" s="9"/>
+          <t>- 19692</t>
+        </is>
+      </c>
+      <c r="I283" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J283" s="7" t="inlineStr">
         <is>
           <t>НД 0891919</t>
         </is>
       </c>
       <c r="K283" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B284" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C284" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
@@ -14961,99 +14983,103 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C288" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D288" s="3"/>
       <c r="E288" s="6" t="n">
         <v>32525</v>
       </c>
       <c r="F288" s="3" t="inlineStr">
         <is>
           <t>Промисловий менеджмент</t>
         </is>
       </c>
       <c r="G288" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H288" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I288" s="9"/>
+          <t>- 19693</t>
+        </is>
+      </c>
+      <c r="I288" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J288" s="7" t="inlineStr">
         <is>
           <t>НД 0891919</t>
         </is>
       </c>
       <c r="K288" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B289" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C289" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D289" s="3"/>
       <c r="E289" s="6" t="n">
         <v>20712</v>
       </c>
       <c r="F289" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G289" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H289" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I289" s="9"/>
+          <t>- 19528</t>
+        </is>
+      </c>
+      <c r="I289" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J289" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K289" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B290" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C290" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D290" s="3"/>
       <c r="E290" s="6" t="n">
@@ -15137,54 +15163,56 @@
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C292" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D292" s="3"/>
       <c r="E292" s="6" t="n">
         <v>47021</v>
       </c>
       <c r="F292" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G292" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H292" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I292" s="9"/>
+          <t>- 19707</t>
+        </is>
+      </c>
+      <c r="I292" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J292" s="7" t="inlineStr">
         <is>
           <t>НД 0891921</t>
         </is>
       </c>
       <c r="K292" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B293" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C293" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
@@ -15407,55 +15435,55 @@
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C298" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D298" s="3"/>
       <c r="E298" s="6" t="n">
         <v>2301</v>
       </c>
       <c r="F298" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="G298" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H298" s="7" t="inlineStr">
         <is>
-          <t>- 154</t>
+          <t>- 19703</t>
         </is>
       </c>
       <c r="I298" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J298" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K298" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="299">
       <c r="A299" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B299" s="7" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="C299" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D299" s="3"/>
@@ -15497,54 +15525,56 @@
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="C300" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D300" s="3"/>
       <c r="E300" s="6" t="n">
         <v>4154</v>
       </c>
       <c r="F300" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика</t>
         </is>
       </c>
       <c r="G300" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H300" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I300" s="9"/>
+          <t>- 19289</t>
+        </is>
+      </c>
+      <c r="I300" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J300" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K300" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="301">
       <c r="A301" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B301" s="7" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C301" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D301" s="3"/>
       <c r="E301" s="6" t="n">
@@ -16039,54 +16069,56 @@
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C312" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D312" s="3"/>
       <c r="E312" s="6" t="n">
         <v>30046</v>
       </c>
       <c r="F312" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="G312" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H312" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I312" s="9"/>
+          <t>- 19539</t>
+        </is>
+      </c>
+      <c r="I312" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J312" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K312" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B313" s="7" t="inlineStr">
         <is>
           <t>145</t>
         </is>
       </c>
       <c r="C313" s="3" t="inlineStr">
         <is>
           <t>Відновлювані джерела енергії та гідроенергетика</t>
         </is>
       </c>
       <c r="D313" s="3"/>
       <c r="E313" s="6" t="n">
@@ -16303,54 +16335,56 @@
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C318" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D318" s="3"/>
       <c r="E318" s="6" t="n">
         <v>58408</v>
       </c>
       <c r="F318" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп'ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G318" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H318" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I318" s="9"/>
+          <t>- 19735</t>
+        </is>
+      </c>
+      <c r="I318" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J318" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K318" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B319" s="7" t="inlineStr">
         <is>
           <t>176</t>
         </is>
       </c>
       <c r="C319" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D319" s="3"/>
       <c r="E319" s="6" t="n">
@@ -16391,55 +16425,55 @@
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="C320" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D320" s="3"/>
       <c r="E320" s="6" t="n">
         <v>30052</v>
       </c>
       <c r="F320" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="G320" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H320" s="7" t="inlineStr">
         <is>
-          <t>- 10429</t>
+          <t>- 19749</t>
         </is>
       </c>
       <c r="I320" s="9" t="n">
-        <v>46078</v>
+        <v>48030</v>
       </c>
       <c r="J320" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K320" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B321" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C321" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D321" s="3"/>
@@ -16931,54 +16965,56 @@
         <is>
           <t>263</t>
         </is>
       </c>
       <c r="C332" s="3" t="inlineStr">
         <is>
           <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D332" s="3"/>
       <c r="E332" s="6" t="n">
         <v>30057</v>
       </c>
       <c r="F332" s="3" t="inlineStr">
         <is>
           <t>Охорона праці</t>
         </is>
       </c>
       <c r="G332" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H332" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I332" s="9"/>
+          <t>- 19546</t>
+        </is>
+      </c>
+      <c r="I332" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J332" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K332" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="333">
       <c r="A333" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B333" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C333" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D333" s="3"/>
       <c r="E333" s="6" t="n">
@@ -22790,51 +22826,51 @@
       <c r="I461" s="9"/>
       <c r="J461" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K461" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K461"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I304"/>
+  <dimension ref="A1:I295"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -22948,196 +22984,196 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -23241,51 +23277,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
@@ -23603,88 +23639,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
@@ -23846,120 +23882,120 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F30" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
         <v>19</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -24011,51 +24047,51 @@
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>55</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
@@ -24407,51 +24443,51 @@
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
@@ -24885,51 +24921,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -25120,88 +25156,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D67" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E67" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F67" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E68" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -25597,51 +25633,51 @@
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>55</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -25733,121 +25769,121 @@
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D86" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E86" s="6" t="n">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -25914,51 +25950,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D89" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E89" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -26095,51 +26131,51 @@
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>36</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
@@ -26293,120 +26329,120 @@
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F101" s="6" t="n">
         <v>37</v>
       </c>
       <c r="G101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
         <v>233</v>
       </c>
       <c r="F102" s="6" t="n">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -26425,51 +26461,51 @@
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F104" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -26494,51 +26530,51 @@
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>194</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B107" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
@@ -26557,54 +26593,54 @@
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -26755,51 +26791,51 @@
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B115" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -26887,84 +26923,84 @@
       <c r="H117" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I117" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B118" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F118" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B119" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="F119" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
@@ -27283,51 +27319,51 @@
       <c r="H129" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I129" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="F130" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H130" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I130" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
@@ -27419,51 +27455,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D134" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E134" s="6" t="n">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -27521,51 +27557,51 @@
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B137" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
         <v>50</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -27683,51 +27719,51 @@
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="F142" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
@@ -27966,51 +28002,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D150" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E150" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -28140,91 +28176,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D155" s="3" t="inlineStr">
         <is>
           <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E155" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F155" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D156" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E156" s="6" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -28432,51 +28468,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D163" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E163" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F163" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -28571,51 +28607,51 @@
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
         <v>31</v>
       </c>
       <c r="F167" s="6" t="n">
-        <v>307</v>
+        <v>302</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -28733,87 +28769,87 @@
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F172" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F173" s="6" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -28901,51 +28937,51 @@
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F177" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -29099,84 +29135,84 @@
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
         <v>19</v>
       </c>
       <c r="F183" s="6" t="n">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F184" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I184" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
@@ -29540,51 +29576,51 @@
       <c r="I195" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B196" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F196" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="G196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I196" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B197" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -29706,3522 +29742,3209 @@
       <c r="H200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I200" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B201" s="7" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F201" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I201" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B202" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F202" s="6" t="n">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="G202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I202" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B203" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="F203" s="6" t="n">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="G203" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H203" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I203" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D204" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E204" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F204" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I204" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B205" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D205" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E205" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F205" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I205" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D206" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E206" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F206" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I206" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D207" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E207" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F207" s="6" t="n">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
       <c r="G207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I207" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B208" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F208" s="6" t="n">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="G208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I208" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B209" s="7" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>022</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D209" s="3" t="inlineStr">
         <is>
-          <t>Логопедія</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E209" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F209" s="6" t="n">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="G209" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H209" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I209" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B210" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>026</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>84</v>
+        <v>1</v>
       </c>
       <c r="F210" s="6" t="n">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="G210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I210" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F211" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I211" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B212" s="7" t="inlineStr">
         <is>
-          <t>026</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Сценічне мистецтво</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F212" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I212" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B213" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
-[...2 lines deleted...]
-      <c r="D213" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D213" s="3" t="inlineStr">
+        <is>
+          <t>українська мова та література</t>
+        </is>
+      </c>
       <c r="E213" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F213" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I213" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B214" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
-[...2 lines deleted...]
-      <c r="D214" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D214" s="3" t="inlineStr">
+        <is>
+          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
+        </is>
+      </c>
       <c r="E214" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F214" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I214" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B215" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D215" s="3" t="inlineStr">
         <is>
-          <t>українська мова та література</t>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E215" s="6" t="n">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F215" s="6" t="n">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I215" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B216" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D216" s="3" t="inlineStr">
         <is>
-          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
+          <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E216" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F216" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I216" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B217" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="F217" s="6" t="n">
-        <v>40</v>
+        <v>2</v>
       </c>
       <c r="G217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I217" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B218" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Політологія</t>
+        </is>
+      </c>
+      <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F218" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G218" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H218" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I218" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B219" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F219" s="6" t="n">
-        <v>1</v>
+        <v>83</v>
       </c>
       <c r="G219" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H219" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I219" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B220" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Журналістика</t>
+        </is>
+      </c>
+      <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F220" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G220" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H220" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I220" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B221" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
-        <v>66</v>
+        <v>2</v>
       </c>
       <c r="F221" s="6" t="n">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="G221" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H221" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I221" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B222" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F222" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="G222" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H222" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I222" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B223" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="F223" s="6" t="n">
-        <v>222</v>
+        <v>7</v>
       </c>
       <c r="G223" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H223" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I223" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B224" s="7" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F224" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G224" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H224" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I224" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B225" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="F225" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G225" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H225" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I225" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B226" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="F226" s="6" t="n">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="G226" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H226" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I226" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B227" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
-        <v>23</v>
+        <v>2</v>
       </c>
       <c r="F227" s="6" t="n">
-        <v>29</v>
+        <v>3</v>
       </c>
       <c r="G227" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H227" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I227" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B228" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
-        <v>78</v>
+        <v>3</v>
       </c>
       <c r="F228" s="6" t="n">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G228" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H228" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I228" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B229" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F229" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G229" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H229" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I229" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B230" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="F230" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H230" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I230" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
       <c r="A231" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B231" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C231" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D231" s="3"/>
       <c r="E231" s="6" t="n">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="F231" s="6" t="n">
-        <v>51</v>
+        <v>0</v>
       </c>
       <c r="G231" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H231" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I231" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="232">
       <c r="A232" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B232" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C232" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D232" s="3"/>
       <c r="E232" s="6" t="n">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="F232" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="G232" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H232" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I232" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="233">
       <c r="A233" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B233" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C233" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D233" s="3"/>
       <c r="E233" s="6" t="n">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="F233" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G233" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H233" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I233" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="234">
       <c r="A234" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B234" s="7" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C234" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D234" s="3"/>
       <c r="E234" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F234" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G234" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H234" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I234" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="235">
       <c r="A235" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B235" s="7" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>136</t>
         </is>
       </c>
       <c r="C235" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D235" s="3"/>
       <c r="E235" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F235" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G235" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H235" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I235" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="236">
       <c r="A236" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B236" s="7" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C236" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D236" s="3"/>
       <c r="E236" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F236" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G236" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H236" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I236" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="237">
       <c r="A237" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B237" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>144</t>
         </is>
       </c>
       <c r="C237" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D237" s="3"/>
       <c r="E237" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F237" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G237" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H237" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I237" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="238">
       <c r="A238" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B238" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C238" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D238" s="3"/>
       <c r="E238" s="6" t="n">
-        <v>49</v>
+        <v>2</v>
       </c>
       <c r="F238" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G238" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H238" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I238" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="239">
       <c r="A239" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B239" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>176</t>
         </is>
       </c>
       <c r="C239" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D239" s="3"/>
       <c r="E239" s="6" t="n">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F239" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G239" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H239" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I239" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="240">
       <c r="A240" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B240" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C240" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D240" s="3"/>
       <c r="E240" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F240" s="6" t="n">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G240" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H240" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I240" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="241">
       <c r="A241" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B241" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C241" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D241" s="3"/>
       <c r="E241" s="6" t="n">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="F241" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G241" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H241" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I241" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="242">
       <c r="A242" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B242" s="7" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>205</t>
         </is>
       </c>
       <c r="C242" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Лісове господарство</t>
         </is>
       </c>
       <c r="D242" s="3"/>
       <c r="E242" s="6" t="n">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="F242" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G242" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H242" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I242" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="243">
       <c r="A243" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B243" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>227</t>
         </is>
       </c>
       <c r="C243" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
-[...2 lines deleted...]
-      <c r="D243" s="3"/>
+          <t>Терапія та реабілітація</t>
+        </is>
+      </c>
+      <c r="D243" s="3" t="inlineStr">
+        <is>
+          <t>Фізична терапія</t>
+        </is>
+      </c>
       <c r="E243" s="6" t="n">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="F243" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G243" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H243" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I243" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="244">
       <c r="A244" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B244" s="7" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C244" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D244" s="3"/>
       <c r="E244" s="6" t="n">
+        <v>6</v>
+      </c>
+      <c r="F244" s="6" t="n">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G244" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H244" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I244" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="245">
       <c r="A245" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B245" s="7" t="inlineStr">
         <is>
-          <t>145</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
-          <t>Відновлювані джерела енергії та гідроенергетика</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F245" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G245" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H245" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I245" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B246" s="7" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>262</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F246" s="6" t="n">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="G246" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H246" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I246" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="247">
       <c r="A247" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B247" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>263</t>
         </is>
       </c>
       <c r="C247" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Цивільна безпека</t>
         </is>
       </c>
       <c r="D247" s="3"/>
       <c r="E247" s="6" t="n">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="F247" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G247" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H247" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I247" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="248">
       <c r="A248" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B248" s="7" t="inlineStr">
         <is>
-          <t>176</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
-          <t>Мікро- та наносистемна техніка</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D248" s="3"/>
       <c r="E248" s="6" t="n">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F248" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G248" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H248" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I248" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B249" s="7" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D249" s="3"/>
       <c r="E249" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F249" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G249" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H249" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I249" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B250" s="7" t="inlineStr">
         <is>
-          <t>192</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D250" s="3"/>
       <c r="E250" s="6" t="n">
-        <v>55</v>
+        <v>2</v>
       </c>
       <c r="F250" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G250" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H250" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I250" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="251">
       <c r="A251" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B251" s="7" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C251" s="3" t="inlineStr">
         <is>
-          <t>Лісове господарство</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D251" s="3"/>
       <c r="E251" s="6" t="n">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="F251" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G251" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H251" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I251" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="252">
       <c r="A252" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B252" s="7" t="inlineStr">
         <is>
-          <t>227</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C252" s="3" t="inlineStr">
         <is>
-          <t>Терапія та реабілітація</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D252" s="3"/>
       <c r="E252" s="6" t="n">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="F252" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G252" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H252" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I252" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="253">
       <c r="A253" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B253" s="7" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C253" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D253" s="3"/>
       <c r="E253" s="6" t="n">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="F253" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G253" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H253" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I253" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="254">
       <c r="A254" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B254" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D254" s="3"/>
       <c r="E254" s="6" t="n">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="F254" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G254" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H254" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I254" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B255" s="7" t="inlineStr">
         <is>
-          <t>262</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
-          <t>Правоохоронна діяльність</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D255" s="3"/>
       <c r="E255" s="6" t="n">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="F255" s="6" t="n">
-        <v>25</v>
+        <v>0</v>
       </c>
       <c r="G255" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H255" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I255" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="256">
       <c r="A256" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B256" s="7" t="inlineStr">
         <is>
-          <t>263</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C256" s="3" t="inlineStr">
         <is>
-          <t>Цивільна безпека</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D256" s="3"/>
       <c r="E256" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F256" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G256" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H256" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I256" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="257">
       <c r="A257" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B257" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C257" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D257" s="3"/>
       <c r="E257" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="F257" s="6" t="n">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="G257" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H257" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I257" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="258">
       <c r="A258" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B258" s="7" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C258" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D258" s="3"/>
       <c r="E258" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F258" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G258" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H258" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I258" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="259">
       <c r="A259" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B259" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C259" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D259" s="3"/>
       <c r="E259" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F259" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G259" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H259" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I259" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="260">
       <c r="A260" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B260" s="7" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>D8</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D260" s="3"/>
       <c r="E260" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="F260" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G260" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H260" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I260" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B261" s="7" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C261" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D261" s="3"/>
       <c r="E261" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F261" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G261" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H261" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I261" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="262">
       <c r="A262" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B262" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C262" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D262" s="3"/>
       <c r="E262" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F262" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G262" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H262" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I262" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="263">
       <c r="A263" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B263" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C263" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D263" s="3"/>
       <c r="E263" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F263" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G263" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H263" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I263" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B264" s="7" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D264" s="3"/>
       <c r="E264" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F264" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G264" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H264" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I264" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="265">
       <c r="A265" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B265" s="7" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>G10</t>
         </is>
       </c>
       <c r="C265" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D265" s="3"/>
       <c r="E265" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F265" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G265" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H265" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I265" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="266">
       <c r="A266" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B266" s="7" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>G19</t>
         </is>
       </c>
       <c r="C266" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D266" s="3"/>
       <c r="E266" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="F266" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G266" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H266" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I266" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="267">
       <c r="A267" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B267" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C267" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D267" s="3"/>
       <c r="E267" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F267" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G267" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H267" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I267" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="268">
       <c r="A268" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B268" s="7" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C268" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D268" s="3"/>
       <c r="E268" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F268" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G268" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H268" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I268" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="269">
       <c r="A269" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B269" s="7" t="inlineStr">
         <is>
-          <t>D8</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C269" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D269" s="3"/>
       <c r="E269" s="6" t="n">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F269" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G269" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H269" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I269" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="270">
       <c r="A270" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B270" s="7" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C270" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D270" s="3"/>
       <c r="E270" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F270" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G270" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H270" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I270" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="271">
       <c r="A271" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B271" s="7" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C271" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D271" s="3"/>
       <c r="E271" s="6" t="n">
+        <v>33</v>
+      </c>
+      <c r="F271" s="6" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G271" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H271" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I271" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="272">
       <c r="A272" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B272" s="7" t="inlineStr">
         <is>
-          <t>F1</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C272" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D272" s="3"/>
       <c r="E272" s="6" t="n">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="F272" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G272" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H272" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I272" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B273" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C273" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D273" s="3"/>
       <c r="E273" s="6" t="n">
+        <v>14</v>
+      </c>
+      <c r="F273" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G273" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H273" s="6" t="n">
         <v>2</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I273" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="274">
       <c r="A274" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B274" s="7" t="inlineStr">
         <is>
-          <t>G10</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C274" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D274" s="3"/>
       <c r="E274" s="6" t="n">
+        <v>22</v>
+      </c>
+      <c r="F274" s="6" t="n">
         <v>1</v>
       </c>
-      <c r="F274" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G274" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H274" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I274" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="275">
       <c r="A275" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B275" s="7" t="inlineStr">
         <is>
-          <t>G19</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C275" s="3" t="inlineStr">
         <is>
-          <t>Будівництво та цивільна інженерія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D275" s="3"/>
       <c r="E275" s="6" t="n">
-        <v>3</v>
+        <v>42</v>
       </c>
       <c r="F275" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G275" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H275" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I275" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="276">
       <c r="A276" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B276" s="7" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>052</t>
         </is>
       </c>
       <c r="C276" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D276" s="3"/>
       <c r="E276" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F276" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G276" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H276" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I276" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="277">
       <c r="A277" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B277" s="7" t="inlineStr">
         <is>
-          <t>G4</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C277" s="3" t="inlineStr">
         <is>
-          <t>Енерговиробництво</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D277" s="3"/>
       <c r="E277" s="6" t="n">
+        <v>8</v>
+      </c>
+      <c r="F277" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G277" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H277" s="6" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>0</v>
       </c>
       <c r="I277" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B278" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>054</t>
         </is>
       </c>
       <c r="C278" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Соціологія</t>
         </is>
       </c>
       <c r="D278" s="3"/>
       <c r="E278" s="6" t="n">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F278" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G278" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H278" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="I278" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B279" s="7" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C279" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D279" s="3"/>
       <c r="E279" s="6" t="n">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F279" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G279" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H279" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I279" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B280" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C280" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D280" s="3"/>
       <c r="E280" s="6" t="n">
-        <v>34</v>
+        <v>57</v>
       </c>
       <c r="F280" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G280" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H280" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I280" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="281">
       <c r="A281" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B281" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C281" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D281" s="3"/>
       <c r="E281" s="6" t="n">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="F281" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G281" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H281" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="I281" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B282" s="7" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C282" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D282" s="3"/>
       <c r="E282" s="6" t="n">
-        <v>14</v>
+        <v>47</v>
       </c>
       <c r="F282" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G282" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H282" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="I282" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B283" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C283" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D283" s="3"/>
       <c r="E283" s="6" t="n">
-        <v>23</v>
+        <v>3</v>
       </c>
       <c r="F283" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G283" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H283" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I283" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="284">
       <c r="A284" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B284" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C284" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D284" s="3"/>
       <c r="E284" s="6" t="n">
-        <v>44</v>
+        <v>2</v>
       </c>
       <c r="F284" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G284" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H284" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I284" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B285" s="7" t="inlineStr">
         <is>
-          <t>052</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C285" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D285" s="3"/>
       <c r="E285" s="6" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F285" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G285" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H285" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I285" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B286" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>105</t>
         </is>
       </c>
       <c r="C286" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D286" s="3"/>
       <c r="E286" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F286" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G286" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H286" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="I286" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B287" s="7" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C287" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D287" s="3"/>
       <c r="E287" s="6" t="n">
+        <v>18</v>
+      </c>
+      <c r="F287" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G287" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H287" s="6" t="n">
         <v>1</v>
-      </c>
-[...7 lines deleted...]
-        <v>2</v>
       </c>
       <c r="I287" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B288" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C288" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D288" s="3"/>
       <c r="E288" s="6" t="n">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="F288" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G288" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H288" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I288" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B289" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>136</t>
         </is>
       </c>
       <c r="C289" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D289" s="3"/>
       <c r="E289" s="6" t="n">
-        <v>59</v>
+        <v>10</v>
       </c>
       <c r="F289" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G289" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H289" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="I289" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B290" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C290" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D290" s="3"/>
       <c r="E290" s="6" t="n">
+        <v>30</v>
+      </c>
+      <c r="F290" s="6" t="n">
         <v>1</v>
       </c>
-      <c r="F290" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G290" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H290" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I290" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B291" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>144</t>
         </is>
       </c>
       <c r="C291" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D291" s="3"/>
       <c r="E291" s="6" t="n">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="F291" s="6" t="n">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="G291" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H291" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="I291" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B292" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>192</t>
         </is>
       </c>
       <c r="C292" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D292" s="3"/>
       <c r="E292" s="6" t="n">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="F292" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G292" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H292" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I292" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B293" s="7" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C293" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D293" s="3"/>
       <c r="E293" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F293" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G293" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H293" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I293" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="294">
       <c r="A294" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B294" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C294" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D294" s="3"/>
       <c r="E294" s="6" t="n">
-        <v>7</v>
+        <v>52</v>
       </c>
       <c r="F294" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G294" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H294" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="I294" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="295">
       <c r="A295" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B295" s="7" t="inlineStr">
         <is>
-          <t>105</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C295" s="3" t="inlineStr">
         <is>
-          <t>Прикладна фізика та наноматеріали</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D295" s="3"/>
       <c r="E295" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F295" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G295" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H295" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I295" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="296">
-[...295 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I304"/>
+  <autoFilter ref="A1:I295"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>