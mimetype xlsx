--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -16,62 +16,62 @@
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
-    <sheet name="Ліцензії ФПВО" sheetId="6" state="visible" r:id="rId7"/>
+    <sheet name="Ліцензії ФПО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПТО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$6</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$7</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$34</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$24</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -415,63 +415,63 @@
         <is>
           <t>academy@rma.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>www.mcollege.rv.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Конощук Руслана Василівна</t>
+          <t>Шустик Роман Петрович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -712,51 +712,51 @@
         </is>
       </c>
       <c r="E1" s="5" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
@@ -1459,51 +1459,51 @@
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>70</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -1773,51 +1773,51 @@
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -3670,158 +3670,158 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>45</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
@@ -3877,51 +3877,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -3979,51 +3979,51 @@
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -4119,122 +4119,122 @@
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
@@ -4289,87 +4289,87 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
@@ -4388,84 +4388,84 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>352</v>
+        <v>347</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I24"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>