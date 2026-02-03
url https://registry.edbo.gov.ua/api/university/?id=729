--- v1 (2025-12-03)
+++ v2 (2026-02-03)
@@ -3667,54 +3667,54 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
@@ -3737,88 +3737,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>36</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
@@ -3877,51 +3877,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
@@ -3943,51 +3943,51 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
@@ -4013,51 +4013,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
@@ -4156,51 +4156,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
         <v>13</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
@@ -4289,51 +4289,51 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
@@ -4355,117 +4355,117 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I24"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>