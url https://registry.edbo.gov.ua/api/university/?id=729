--- v2 (2026-02-03)
+++ v3 (2026-03-21)
@@ -790,94 +790,94 @@
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G3" s="7" t="inlineStr">
         <is>
           <t> 18420</t>
         </is>
       </c>
       <c r="H3" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 28.04.2025 № 43-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G4" s="7" t="inlineStr">
         <is>
           <t> 18419</t>
         </is>
       </c>
       <c r="H4" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 28.04.2025 № 43-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
@@ -911,51 +911,51 @@
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>224</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="F6" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G6" s="7" t="inlineStr">
         <is>
           <t> 552</t>
         </is>
       </c>
       <c r="H6" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 29.01.2021 № 11-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
@@ -993,90 +993,90 @@
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F8" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G8" s="7" t="inlineStr">
         <is>
           <t> 5960</t>
         </is>
       </c>
       <c r="H8" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I8" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 24.05.2023 № 182-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="F9" s="6" t="n">
         <v>52</v>
       </c>
       <c r="G9" s="7" t="inlineStr">
         <is>
           <t> 5960</t>
         </is>
       </c>
       <c r="H9" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 29.01.2021 № 11-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
@@ -2245,51 +2245,51 @@
         <is>
           <t>224</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>12620</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
           <t>- 552</t>
         </is>
       </c>
       <c r="I3" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D4" s="3"/>
@@ -2327,96 +2327,96 @@
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>35200</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t>- 5960</t>
         </is>
       </c>
       <c r="I5" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
         <v>61894</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t>- 5960</t>
         </is>
       </c>
       <c r="I6" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
@@ -2458,96 +2458,96 @@
         <is>
           <t>I6</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>68982</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Технології медичної діагностики та лікування</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t>- 18420</t>
         </is>
       </c>
       <c r="I8" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>67357</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія, ерготерапія</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
           <t>- 18419</t>
         </is>
       </c>
       <c r="I9" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K9" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D10" s="3"/>
@@ -3667,51 +3667,51 @@
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E2" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>38</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I6</t>
         </is>
       </c>
@@ -3737,91 +3737,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>I7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>44</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
@@ -4119,155 +4119,155 @@
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Фармація, промислова фармація</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Фармація</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>43</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>227</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Терапія та реабілітація</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Фізична терапія</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>I1</t>
         </is>
       </c>
@@ -4289,51 +4289,51 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>I5</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
@@ -4355,84 +4355,84 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>221</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Стоматологія</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>223</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Медсестринство</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>226</t>
         </is>
       </c>