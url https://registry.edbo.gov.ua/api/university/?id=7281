--- v0 (2025-10-23)
+++ v1 (2025-12-09)
@@ -2984,84 +2984,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології на морському та внутрішньому водному транспорті</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
@@ -3160,51 +3160,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E11" s="8" t="n">
         <v>48</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>