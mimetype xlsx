--- v1 (2025-12-09)
+++ v2 (2026-02-08)
@@ -368,51 +368,51 @@
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>просп. Івасюка Володимира, 2</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+044(46)-754-17</t>
+          <t>+38(063)-429-19-91;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>college@kmrf.kiev.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
@@ -2840,121 +2840,121 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>6</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
@@ -3017,84 +3017,84 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -3160,51 +3160,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E11" s="8" t="n">
         <v>48</v>
       </c>
       <c r="F11" s="8" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>