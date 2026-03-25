--- v2 (2026-02-08)
+++ v3 (2026-03-25)
@@ -2477,265 +2477,277 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="8" t="n">
         <v>81713</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Правнича діяльність</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I27" s="9"/>
+          <t>ДС 006984</t>
+        </is>
+      </c>
+      <c r="I27" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J27" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="8" t="n">
         <v>81711</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I28" s="9"/>
+          <t>ДС 006981</t>
+        </is>
+      </c>
+      <c r="I28" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J28" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E29" s="8" t="n">
         <v>81710</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Експлуатація та ремонт підйомно-транспортних, будівельних і дорожніх машин і обладнання</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I29" s="9"/>
+          <t>ДС 006982</t>
+        </is>
+      </c>
+      <c r="I29" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E30" s="8" t="n">
         <v>81707</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I30" s="9"/>
+          <t>ДС 006983</t>
+        </is>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології на морському та внутрішньому водному транспорті</t>
         </is>
       </c>
       <c r="E31" s="8" t="n">
         <v>81709</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології (на морському та річковому транспорті)</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I31" s="9"/>
+          <t>ДС 006985</t>
+        </is>
+      </c>
+      <c r="I31" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E32" s="8" t="n">
         <v>81708</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I32" s="9"/>
+          <t>ДС 006986</t>
+        </is>
+      </c>
+      <c r="I32" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="8" t="n">
@@ -3120,88 +3132,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Навігація і управління морськими суднами</t>
         </is>
       </c>
       <c r="E10" s="8" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>9</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E11" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>9</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>