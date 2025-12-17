--- v0 (2025-11-02)
+++ v1 (2025-12-17)
@@ -1,71 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
-    <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
-[...5 lines deleted...]
-    <sheet name="Здобувачі ПТО" sheetId="8" state="visible" r:id="rId9"/>
+    <sheet name="Ліцензії ВО (без прийому)" sheetId="2" state="visible" r:id="rId3"/>
+    <sheet name="Ліцензії ФПО" sheetId="3" state="visible" r:id="rId4"/>
+    <sheet name="Ліцензії ПТО" sheetId="4" state="visible" r:id="rId5"/>
+    <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
+    <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
+    <sheet name="Здобувачі ПТО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$20</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$3</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
@@ -137,88 +134,88 @@
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
   <cellXfs count="10">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="4" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
-    <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="4" numFmtId="164" xfId="0">
-[...2 lines deleted...]
-    </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="166" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="167" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
+    <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="4" numFmtId="164" xfId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="166" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="167" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
@@ -449,196 +446,139 @@
           <t>Перегонцев Андрій Юрійович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-[...55 lines deleted...]
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:L9"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="1024" min="13" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
-      <c r="A1" s="4" t="inlineStr">
+      <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
-      <c r="B1" s="4" t="inlineStr">
+      <c r="B1" s="6" t="inlineStr">
         <is>
           <t>Код спеціальності</t>
         </is>
       </c>
-      <c r="C1" s="4" t="inlineStr">
+      <c r="C1" s="6" t="inlineStr">
         <is>
           <t>Назва спеціальності</t>
         </is>
       </c>
-      <c r="D1" s="4" t="inlineStr">
+      <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Спеціалізація</t>
         </is>
       </c>
-      <c r="E1" s="4" t="inlineStr">
+      <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
-      <c r="F1" s="4" t="inlineStr">
+      <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
-      <c r="G1" s="4" t="inlineStr">
+      <c r="G1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (денна)</t>
         </is>
       </c>
-      <c r="H1" s="4" t="inlineStr">
+      <c r="H1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
-      <c r="I1" s="4" t="inlineStr">
+      <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
-      <c r="J1" s="4" t="inlineStr">
+      <c r="J1" s="6" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
-      <c r="K1" s="4" t="inlineStr">
+      <c r="K1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
-      <c r="L1" s="4" t="inlineStr">
+      <c r="L1" s="6" t="inlineStr">
         <is>
           <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Будівництво</t>
         </is>
@@ -992,125 +932,125 @@
         <is>
           <t>КД 10006436</t>
         </is>
       </c>
       <c r="K9" s="9" t="n">
         <v>72867</v>
       </c>
       <c r="L9" s="3" t="inlineStr">
         <is>
           <t>Рішення АК від 30.05.2013 протокол № 104, наказ МОН від 04.06.2013 № 2070-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:J9"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="11" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
-      <c r="A1" s="4" t="inlineStr">
+      <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
         </is>
       </c>
-      <c r="B1" s="4" t="inlineStr">
+      <c r="B1" s="6" t="inlineStr">
         <is>
           <t>Вид освітньої діяльності</t>
         </is>
       </c>
-      <c r="C1" s="4" t="inlineStr">
+      <c r="C1" s="6" t="inlineStr">
         <is>
           <t>Код спеціальності</t>
         </is>
       </c>
-      <c r="D1" s="4" t="inlineStr">
+      <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Назва спеціальності</t>
         </is>
       </c>
-      <c r="E1" s="4" t="inlineStr">
+      <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Спеціалізація</t>
         </is>
       </c>
-      <c r="F1" s="4" t="inlineStr">
+      <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
-      <c r="G1" s="4" t="inlineStr">
+      <c r="G1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
-      <c r="H1" s="4" t="inlineStr">
+      <c r="H1" s="6" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
-      <c r="I1" s="4" t="inlineStr">
+      <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
-      <c r="J1" s="4" t="inlineStr">
+      <c r="J1" s="6" t="inlineStr">
         <is>
           <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
@@ -1404,87 +1344,87 @@
       <c r="G9" s="8"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.10.2019 № 969-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:D11"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="5" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
-      <c r="A1" s="4" t="inlineStr">
+      <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Професії</t>
         </is>
       </c>
-      <c r="B1" s="4" t="inlineStr">
+      <c r="B1" s="6" t="inlineStr">
         <is>
           <t>Ліцензійний обсяг</t>
         </is>
       </c>
-      <c r="C1" s="4" t="inlineStr">
+      <c r="C1" s="6" t="inlineStr">
         <is>
           <t>Свідоцтво про атестацію</t>
         </is>
       </c>
-      <c r="D1" s="4" t="inlineStr">
+      <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4112 Оператор комп'ютерного набору
 </t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
@@ -1632,129 +1572,129 @@
       </c>
       <c r="B11" s="8" t="n">
         <v>30</v>
       </c>
       <c r="C11" s="7" t="inlineStr">
         <is>
           <t>- -</t>
         </is>
       </c>
       <c r="D11" s="9" t="n">
         <v>49116</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:D11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K20"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
-      <c r="A1" s="4" t="inlineStr">
+      <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
-      <c r="B1" s="4" t="inlineStr">
+      <c r="B1" s="6" t="inlineStr">
         <is>
           <t>Код спеціальності</t>
         </is>
       </c>
-      <c r="C1" s="4" t="inlineStr">
+      <c r="C1" s="6" t="inlineStr">
         <is>
           <t>Назва спеціальності</t>
         </is>
       </c>
-      <c r="D1" s="4" t="inlineStr">
+      <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Спеціалізація</t>
         </is>
       </c>
-      <c r="E1" s="4" t="inlineStr">
+      <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Код ОП в ЄДЕБО</t>
         </is>
       </c>
-      <c r="F1" s="4" t="inlineStr">
+      <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Назва ОП</t>
         </is>
       </c>
-      <c r="G1" s="4" t="inlineStr">
+      <c r="G1" s="6" t="inlineStr">
         <is>
           <t>Тип програми</t>
         </is>
       </c>
-      <c r="H1" s="4" t="inlineStr">
+      <c r="H1" s="6" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію ОП</t>
         </is>
       </c>
-      <c r="I1" s="4" t="inlineStr">
+      <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
-      <c r="J1" s="4" t="inlineStr">
+      <c r="J1" s="6" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію спеціальності</t>
         </is>
       </c>
-      <c r="K1" s="4" t="inlineStr">
+      <c r="K1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії </t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Будівництво</t>
         </is>
@@ -2543,145 +2483,145 @@
           <t>ДО 005119</t>
         </is>
       </c>
       <c r="I20" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J20" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K20"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I7"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
-      <c r="A1" s="4" t="inlineStr">
+      <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
-      <c r="B1" s="4" t="inlineStr">
+      <c r="B1" s="6" t="inlineStr">
         <is>
           <t>Код спеціальності</t>
         </is>
       </c>
-      <c r="C1" s="4" t="inlineStr">
+      <c r="C1" s="6" t="inlineStr">
         <is>
           <t>Назва спеціальності</t>
         </is>
       </c>
-      <c r="D1" s="4" t="inlineStr">
+      <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Спеціалізація</t>
         </is>
       </c>
-      <c r="E1" s="4" t="inlineStr">
+      <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Денна</t>
         </is>
       </c>
-      <c r="F1" s="4" t="inlineStr">
+      <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Заочна</t>
         </is>
       </c>
-      <c r="G1" s="4" t="inlineStr">
+      <c r="G1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
-      <c r="H1" s="4" t="inlineStr">
+      <c r="H1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
-      <c r="I1" s="4" t="inlineStr">
+      <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Будівництво та зварювання</t>
         </is>
       </c>
       <c r="E2" s="8" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -2740,51 +2680,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Будівництво та зварювання</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -2833,99 +2773,99 @@
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I7"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:F3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="7" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
-      <c r="A1" s="4" t="inlineStr">
+      <c r="A1" s="6" t="inlineStr">
         <is>
           <t>Професії</t>
         </is>
       </c>
-      <c r="B1" s="4" t="inlineStr">
+      <c r="B1" s="6" t="inlineStr">
         <is>
           <t>Денна</t>
         </is>
       </c>
-      <c r="C1" s="4" t="inlineStr">
+      <c r="C1" s="6" t="inlineStr">
         <is>
           <t>Заочна</t>
         </is>
       </c>
-      <c r="D1" s="4" t="inlineStr">
+      <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
-      <c r="E1" s="4" t="inlineStr">
+      <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
-      <c r="F1" s="4" t="inlineStr">
+      <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B2" s="8" t="n">
         <v>48</v>
       </c>
       <c r="C2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>