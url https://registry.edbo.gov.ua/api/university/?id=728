--- v1 (2025-12-17)
+++ v2 (2026-03-14)
@@ -373,75 +373,75 @@
         <is>
           <t>м. Ржищів</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Шевченка Тараса, 93</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(044) 732-12-45, (044) 732-11-65, (044) 732-11-34</t>
+          <t>+38(050)-732-12-45</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>ripfk@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>ript.com.ua ripfk.com.ua</t>
+          <t>ripfk.com.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Перегонцев Андрій Юрійович</t>
         </is>
@@ -2680,51 +2680,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Будівництво та зварювання</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>