--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -1824,54 +1824,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
         <v>74668</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I12" s="9"/>
+          <t>КО 006632</t>
+        </is>
+      </c>
+      <c r="I12" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
@@ -2108,51 +2110,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>