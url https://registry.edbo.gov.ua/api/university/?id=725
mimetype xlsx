--- v1 (2025-12-16)
+++ v2 (2026-03-20)
@@ -2143,84 +2143,84 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>