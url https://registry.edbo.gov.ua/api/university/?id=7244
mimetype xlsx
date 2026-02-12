--- v0 (2025-11-25)
+++ v1 (2026-02-12)
@@ -298,51 +298,51 @@
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Поштовий індекс (місцезнаходження)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>78601</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ (місцезнаходження)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>UA26100010010026473</t>
         </is>
@@ -1628,54 +1628,54 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
@@ -1772,54 +1772,54 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
@@ -1841,84 +1841,84 @@
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>