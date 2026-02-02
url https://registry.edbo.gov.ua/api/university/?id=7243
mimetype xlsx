--- v0 (2025-10-17)
+++ v1 (2026-02-02)
@@ -514,262 +514,286 @@
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>4222 Адміністратор
 4221 Агент з організації туризму
 </t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C4" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D4" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D4" s="9" t="n">
+        <v>48379</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 </t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C5" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D5" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D5" s="9" t="n">
+        <v>48379</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер
 </t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>90</v>
       </c>
       <c r="C6" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D6" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D6" s="9" t="n">
+        <v>49116</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5123 Бармен
 </t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 </t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>45</v>
       </c>
       <c r="C8" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D8" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D8" s="9" t="n">
+        <v>48756</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>5123 Бармен
 </t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C9" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D9" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D9" s="9" t="n">
+        <v>48756</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>5129 Майстер ресторанного обслуговування
 </t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C10" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D10" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D10" s="9" t="n">
+        <v>46803</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 </t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C11" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D11" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D11" s="9" t="n">
+        <v>48379</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>5141 Манікюрник
 </t>
         </is>
       </c>
       <c r="B12" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C12" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D12" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D12" s="9" t="n">
+        <v>49116</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>5141 Педикюрник
 </t>
         </is>
       </c>
       <c r="B13" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C13" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D13" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D13" s="9" t="n">
+        <v>49116</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник
 5141 Педикюрник
 </t>
         </is>
       </c>
       <c r="B14" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C14" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D14" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D14" s="9" t="n">
+        <v>49116</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>6113 Квітникар
 5312 Декоратор вітрин
 </t>
         </is>
       </c>
       <c r="B15" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C15" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D15" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D15" s="9" t="n">
+        <v>48379</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>7331 Флорист
 </t>
         </is>
       </c>
       <c r="B16" s="7" t="n">
         <v>30</v>
       </c>
       <c r="C16" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="D16" s="9"/>
+          <t>- -</t>
+        </is>
+      </c>
+      <c r="D16" s="9" t="n">
+        <v>48379</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>7412 Кондитер
 </t>
         </is>
       </c>
       <c r="B17" s="7" t="n">
         <v>60</v>
       </c>
       <c r="C17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D17" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:D17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
@@ -818,213 +842,213 @@
       </c>
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>4222 Адміністратор
 4221 Агент з організації туризму</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 5129 Майстер ресторанного обслуговування</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>5122 Кухар
 7412 Кондитер</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>5123 Офіціант
 5123 Бармен</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
         <v>1</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Манікюрник
 5141 Педикюрник</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>134</v>
+        <v>111</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>5141 Перукар (перукар-модельєр)
 5141 Педикюрник
 5141 Манікюрник</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
         <v>1</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>6113 Квітникар
 5312 Декоратор вітрин</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
-        <v>131</v>
+        <v>108</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>