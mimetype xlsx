--- v0 (2025-10-08)
+++ v1 (2026-01-10)
@@ -1136,75 +1136,75 @@
       </c>
       <c r="B4" s="7" t="n">
         <v>29</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7129 Монтер колії
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7141 Маляр
 7132 Лицювальник-плиточник</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7136 Монтажник санітарно-технічних систем і устаткування
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>79</v>
       </c>
       <c r="C7" s="7" t="n">
@@ -1251,51 +1251,51 @@
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>48</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7233 Монтажник систем вентиляції, кондиціювання повітря, пневмотранспорту й аспірації</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8311 Помічник машиніста електровоза
 8311 Помічник машиніста тепловоза</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
         <v>76</v>
       </c>