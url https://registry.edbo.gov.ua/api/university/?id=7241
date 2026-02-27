--- v1 (2026-01-10)
+++ v2 (2026-02-27)
@@ -1275,51 +1275,51 @@
       <c r="B10" s="7" t="n">
         <v>16</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>7233 Слюсар з ремонту рухомого складу
 8311 Помічник машиніста електровоза
 8311 Помічник машиніста тепловоза</t>
         </is>
       </c>
       <c r="B11" s="7" t="n">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="C11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E11" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F11" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>