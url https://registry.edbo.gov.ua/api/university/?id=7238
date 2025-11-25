--- v0 (2025-10-08)
+++ v1 (2025-11-25)
@@ -895,99 +895,99 @@
       <c r="D1" s="6" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
       <c r="E1" s="6" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>7122 Муляр
 7214 Монтажник з монтажу сталевих та залізобетонних конструкцій
 7212 Електрозварник ручного зварювання</t>
         </is>
       </c>
       <c r="B2" s="7" t="n">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="C2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E2" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7129 Монтажник гіпсокартонних конструкцій
 7141 Маляр</t>
         </is>
       </c>
       <c r="B3" s="7" t="n">
         <v>79</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7141 Маляр
 7129 Монтажник систем утеплення будівель</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
         <v>50</v>
       </c>
@@ -1012,73 +1012,73 @@
       </c>
       <c r="B6" s="7" t="n">
         <v>27</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>80</v>
       </c>
       <c r="C9" s="7" t="n">