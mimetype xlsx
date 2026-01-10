--- v1 (2025-11-25)
+++ v2 (2026-01-10)
@@ -1080,51 +1080,51 @@
       </c>
       <c r="B9" s="7" t="n">
         <v>80</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7423 Верстатник деревообробних верстатів
 7422 Столяр</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>