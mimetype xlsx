--- v2 (2026-01-10)
+++ v3 (2026-02-27)
@@ -943,188 +943,188 @@
       <c r="B3" s="7" t="n">
         <v>79</v>
       </c>
       <c r="C3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E3" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F3" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7132 Лицювальник-плиточник
 7141 Маляр</t>
         </is>
       </c>
       <c r="B4" s="7" t="n">
-        <v>77</v>
+        <v>52</v>
       </c>
       <c r="C4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E4" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>7133 Штукатур
 7141 Маляр
 7129 Монтажник систем утеплення будівель</t>
         </is>
       </c>
       <c r="B5" s="7" t="n">
-        <v>50</v>
+        <v>25</v>
       </c>
       <c r="C5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E5" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F5" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B6" s="7" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E6" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F6" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>7212 Електрогазозварник
 7212 Електрозварник на автоматичних та напівавтоматичних машинах</t>
         </is>
       </c>
       <c r="B7" s="7" t="n">
         <v>71</v>
       </c>
       <c r="C7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E7" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F7" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування</t>
         </is>
       </c>
       <c r="B8" s="7" t="n">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="C8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E8" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F8" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>7241 Електромонтер з ремонту та обслуговування електроустаткування
 7212 Електрогазозварник</t>
         </is>
       </c>
       <c r="B9" s="7" t="n">
         <v>80</v>
       </c>
       <c r="C9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E9" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F9" s="7" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>7423 Верстатник деревообробних верстатів
 7422 Столяр</t>
         </is>
       </c>
       <c r="B10" s="7" t="n">
-        <v>102</v>
+        <v>73</v>
       </c>
       <c r="C10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="D10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="E10" s="7" t="n">
         <v>0</v>
       </c>
       <c r="F10" s="7" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:F10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>