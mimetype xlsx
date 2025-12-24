--- v0 (2025-11-04)
+++ v1 (2025-12-24)
@@ -2909,84 +2909,84 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -3107,51 +3107,51 @@
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>