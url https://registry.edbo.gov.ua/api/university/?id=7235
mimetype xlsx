--- v1 (2025-12-24)
+++ v2 (2026-02-08)
@@ -2711,51 +2711,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Верстати та інструменти</t>
         </is>
       </c>
       <c r="E6" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G20</t>
         </is>
       </c>
@@ -2777,51 +2777,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -2843,51 +2843,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -2909,117 +2909,117 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -3041,117 +3041,117 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>