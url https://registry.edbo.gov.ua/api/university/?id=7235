--- v2 (2026-02-08)
+++ v3 (2026-03-25)
@@ -2641,51 +2641,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -2876,150 +2876,150 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -3041,51 +3041,51 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -3107,51 +3107,51 @@
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>