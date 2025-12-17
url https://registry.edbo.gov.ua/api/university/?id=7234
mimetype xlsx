--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -404,63 +404,63 @@
         <is>
           <t>sfkkai@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>sfknau.org.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Виконувач обов’язків начальника</t>
+          <t>В.о. начальника коледжу</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Лисак Тетяна Костянтинівна</t>
+          <t>Петроченко Олексій Вячеславович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -2245,54 +2245,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
         <v>65816</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Технічне обслуговування засобів механізації і автоматизації автопідприємств і аеропортів</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I17" s="9"/>
+          <t>ДС 006360</t>
+        </is>
+      </c>
+      <c r="I17" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
@@ -3660,51 +3662,51 @@
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I23"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>