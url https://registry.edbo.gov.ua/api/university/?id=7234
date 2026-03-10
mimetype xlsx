--- v1 (2025-12-17)
+++ v2 (2026-03-10)
@@ -2733,54 +2733,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="8" t="n">
         <v>71305</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Технічне обслуговування засобів механізації і автоматизації автопідприємств і аеропортів</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I29" s="9"/>
+          <t>ДС 006996</t>
+        </is>
+      </c>
+      <c r="I29" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
@@ -3035,117 +3037,117 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
@@ -3167,51 +3169,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -3299,153 +3301,153 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F14" s="8" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
@@ -3464,51 +3466,51 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
@@ -3632,81 +3634,81 @@
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
         <v>43</v>
       </c>
       <c r="F22" s="8" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I23"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>