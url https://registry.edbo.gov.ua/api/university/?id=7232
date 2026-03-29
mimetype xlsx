--- v0 (2026-02-04)
+++ v1 (2026-03-29)
@@ -23,51 +23,51 @@
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ФПО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$19</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$31</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$30</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$26</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -1742,51 +1742,51 @@
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 17.01.2025 № 6-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J19"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K31"/>
+  <dimension ref="A1:K30"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2224,853 +2224,816 @@
       <c r="E11" s="6" t="n">
         <v>71164</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
-          <t>Молодший спеціаліст</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>65825</v>
+        <v>65790</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I12" s="9"/>
+          <t>ДС 004762</t>
+        </is>
+      </c>
+      <c r="I12" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>123</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>65790</v>
+        <v>65791</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп`ютерна інженерія</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
-          <t>ДС 004762</t>
+          <t>ДС 004763</t>
         </is>
       </c>
       <c r="I13" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>65791</v>
+        <v>65797</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
-          <t>Комп`ютерна інженерія</t>
+          <t>Електрозабезпечення промислових підприємств та цивільних споруд</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
-          <t>ДС 004763</t>
+          <t>ДС 004546</t>
         </is>
       </c>
       <c r="I14" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>65797</v>
+        <v>65796</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
-          <t>Електрозабезпечення промислових підприємств та цивільних споруд</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
-          <t>ДС 004546</t>
+          <t>- 0</t>
         </is>
       </c>
       <c r="I15" s="9" t="n">
-        <v>47665</v>
+        <v>46291</v>
       </c>
       <c r="J15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
-          <t>151</t>
+          <t>172</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>65796</v>
+        <v>65792</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
-          <t>- 0</t>
+          <t>ДС 004764</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
-        <v>46291</v>
+        <v>46204</v>
       </c>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>65792</v>
+        <v>65800</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="8" t="inlineStr">
         <is>
-          <t>ДС 004764</t>
+          <t>ДС 004765</t>
         </is>
       </c>
       <c r="I17" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J17" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>173</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Авіоніка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>65800</v>
+        <v>65793</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Авіоніка</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="8" t="inlineStr">
         <is>
-          <t>ДС 004765</t>
+          <t>ДС 004545</t>
         </is>
       </c>
       <c r="I18" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J18" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>65793</v>
+        <v>65801</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="8" t="inlineStr">
         <is>
           <t>ДС 004545</t>
         </is>
       </c>
       <c r="I19" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J19" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
-          <t>173</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>65801</v>
+        <v>65799</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="8" t="inlineStr">
         <is>
-          <t>ДС 004545</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I20" s="9"/>
       <c r="J20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>272</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>65799</v>
+        <v>65794</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I21" s="9"/>
+          <t>ДС 004766</t>
+        </is>
+      </c>
+      <c r="I21" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
-          <t>272</t>
+          <t>275</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
-[...2 lines deleted...]
-      <c r="D22" s="3"/>
+          <t>Транспортні технології</t>
+        </is>
+      </c>
+      <c r="D22" s="3" t="inlineStr">
+        <is>
+          <t>на повітряному транспорті</t>
+        </is>
+      </c>
       <c r="E22" s="6" t="n">
-        <v>65794</v>
+        <v>65795</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Транспортні технології (на повітряному транспорті)</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="8" t="inlineStr">
         <is>
-          <t>ДС 004766</t>
+          <t>ДС 004767</t>
         </is>
       </c>
       <c r="I22" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J22" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології</t>
-[...6 lines deleted...]
-      </c>
+          <t>Інженерія програмного забезпечення</t>
+        </is>
+      </c>
+      <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>65795</v>
+        <v>71141</v>
       </c>
       <c r="F23" s="3" t="inlineStr">
         <is>
-          <t>Транспортні технології (на повітряному транспорті)</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G23" s="3"/>
       <c r="H23" s="8" t="inlineStr">
         <is>
-          <t>ДС 004767</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I23" s="9"/>
       <c r="J23" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K23" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>F7</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>71141</v>
+        <v>71143</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K24" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
-          <t>F7</t>
+          <t>G12</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерна інженерія</t>
+          <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>71143</v>
+        <v>71147</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Авіоніка</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
-          <t>G12</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
-          <t>Авіаційна та ракетно-космічна техніка</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>71147</v>
+        <v>71144</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
-          <t>Авіоніка</t>
+          <t>Електрозабезпечення промислових підприємств та цивільних споруд</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I26" s="9"/>
       <c r="J26" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K26" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>G5</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>71144</v>
+        <v>71146</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
-          <t>Електрозабезпечення промислових підприємств та цивільних споруд</t>
+          <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I27" s="9"/>
       <c r="J27" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
-          <t>G5</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
-          <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>71146</v>
+        <v>71149</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
-          <t>Телекомунікації та радіотехніка</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>J6</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>71149</v>
+        <v>71456</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
+          <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I29" s="9"/>
+          <t>ДС 006991</t>
+        </is>
+      </c>
+      <c r="I29" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J29" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>71456</v>
+        <v>71457</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
-          <t>Авіаційний транспорт</t>
+          <t>Транспортні технології (на повітряному транспорті)</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I30" s="9"/>
       <c r="J30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
-[...37 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K31"/>
+  <autoFilter ref="A1:K30"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I26"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -3226,51 +3189,51 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -3292,51 +3255,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
@@ -3391,54 +3354,54 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
@@ -3622,87 +3585,87 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="F18" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
@@ -3721,256 +3684,256 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>37</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>173</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Авіоніка</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>36</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>на повітряному транспорті</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
-        <v>125</v>
+        <v>119</v>
       </c>
       <c r="F26" s="6" t="n">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I26"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">