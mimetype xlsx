--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -11,59 +11,59 @@
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
-    <sheet name="Ліцензії ФПВО" sheetId="4" state="visible" r:id="rId5"/>
+    <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$10</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$36</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$36</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$54</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$37</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -475,51 +475,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>200</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 05.02.2025 № 7-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
@@ -597,51 +597,51 @@
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>100</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -1089,51 +1089,51 @@
       </c>
       <c r="F1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="5" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="5" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="5" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="8" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -5495,51 +5495,51 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -5627,51 +5627,51 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
@@ -5726,51 +5726,51 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -5825,51 +5825,51 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>