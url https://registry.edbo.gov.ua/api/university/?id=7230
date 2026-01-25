--- v1 (2025-12-07)
+++ v2 (2026-01-25)
@@ -4736,84 +4736,84 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -5330,51 +5330,51 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
@@ -5396,51 +5396,51 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -5462,117 +5462,117 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
@@ -5594,84 +5594,84 @@
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>244</v>
+        <v>226</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
@@ -5693,51 +5693,51 @@
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -5759,51 +5759,51 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
@@ -5825,51 +5825,51 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>