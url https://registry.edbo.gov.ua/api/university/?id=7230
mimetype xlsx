--- v2 (2026-01-25)
+++ v3 (2026-03-11)
@@ -3546,56 +3546,54 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>65846</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="8" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I27" s="9"/>
       <c r="J27" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
@@ -3831,56 +3829,54 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>65847</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="8" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I34" s="9"/>
       <c r="J34" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K34" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
@@ -4901,51 +4897,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -5264,51 +5260,51 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -5462,51 +5458,51 @@
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
-        <v>62</v>
+        <v>42</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -5528,51 +5524,51 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
@@ -5792,51 +5788,51 @@
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>186</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Видавництво та поліграфія</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -5895,51 +5891,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I37"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>