--- v0 (2025-10-26)
+++ v1 (2025-12-14)
@@ -882,56 +882,54 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G7" s="8" t="inlineStr">
         <is>
-          <t> 12750</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="H7" s="9"/>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
@@ -962,51 +960,51 @@
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>Льотна експлуатація повітряних суден</t>
         </is>
       </c>
       <c r="F9" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G9" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="H9" s="9" t="n">
-        <v>45987</v>
+        <v>46358</v>
       </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 26.02.2025 № 13-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
@@ -2387,55 +2385,55 @@
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>65706</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="G28" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H28" s="8" t="inlineStr">
         <is>
-          <t>- 10176</t>
+          <t>- 19332</t>
         </is>
       </c>
       <c r="I28" s="9" t="n">
-        <v>45987</v>
+        <v>46358</v>
       </c>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D29" s="3"/>
@@ -2561,56 +2559,54 @@
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>71522</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="G32" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H32" s="8" t="inlineStr">
         <is>
-          <t>- 12750</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I32" s="9"/>
       <c r="J32" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
@@ -3008,51 +3004,51 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>37</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -3107,54 +3103,54 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -3206,51 +3202,51 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>36</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -3305,51 +3301,51 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>74</v>
+        <v>68</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>35</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>