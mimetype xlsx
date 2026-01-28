--- v1 (2025-12-14)
+++ v2 (2026-01-28)
@@ -409,51 +409,51 @@
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>office@sfa.org.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Стецюк Богдан Романович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -882,54 +882,56 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="F7" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G7" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H7" s="9"/>
+          <t> 19848</t>
+        </is>
+      </c>
+      <c r="H7" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="I7" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="3" t="inlineStr">
         <is>
@@ -956,55 +958,55 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>Льотна експлуатація повітряних суден</t>
         </is>
       </c>
       <c r="F9" s="6" t="n">
         <v>100</v>
       </c>
       <c r="G9" s="8" t="inlineStr">
         <is>
-          <t> </t>
+          <t> 19544</t>
         </is>
       </c>
       <c r="H9" s="9" t="n">
-        <v>46358</v>
+        <v>46379</v>
       </c>
       <c r="I9" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 26.02.2025 № 13-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="3" t="inlineStr">
@@ -2256,54 +2258,56 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>65700</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Менеджмент міжнародних авіаційних перевезень</t>
         </is>
       </c>
       <c r="G25" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H25" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I25" s="9"/>
+          <t>- 19504</t>
+        </is>
+      </c>
+      <c r="I25" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
@@ -2342,54 +2346,56 @@
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
         <v>65695</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Льотна експлуатація повітряних суден</t>
         </is>
       </c>
       <c r="G27" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H27" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I27" s="9"/>
+          <t>- 19544</t>
+        </is>
+      </c>
+      <c r="I27" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J27" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K27" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
@@ -2473,54 +2479,56 @@
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>71524</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Менеджмент міжнародних авіаційних перевезень</t>
         </is>
       </c>
       <c r="G30" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H30" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I30" s="9"/>
+          <t>- 19850</t>
+        </is>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
@@ -2559,97 +2567,101 @@
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>71522</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="G32" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H32" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I32" s="9"/>
+          <t>- 19848</t>
+        </is>
+      </c>
+      <c r="I32" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J32" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
         <v>71523</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Льотна експлуатація повітряних суден</t>
         </is>
       </c>
       <c r="G33" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H33" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I33" s="9"/>
+          <t>- 19849</t>
+        </is>
+      </c>
+      <c r="I33" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J33" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
@@ -2941,51 +2953,51 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -3004,51 +3016,51 @@
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>37</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -3103,51 +3115,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>79</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -3202,51 +3214,51 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>36</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -3301,54 +3313,54 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
@@ -3400,91 +3412,91 @@
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">