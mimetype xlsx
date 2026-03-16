--- v2 (2026-01-28)
+++ v3 (2026-03-16)
@@ -377,51 +377,51 @@
         <is>
           <t>м. Кропивницький</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Чобану Степана, 1</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>+380(52)-234-40-10</t>
+          <t>+38(052)-239-45-79</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>office@sfa.org.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
@@ -693,51 +693,51 @@
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Правове забезпечення авіаційної діяльності</t>
         </is>
       </c>
       <c r="F2" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G2" s="8" t="inlineStr">
         <is>
           <t> 12754</t>
         </is>
       </c>
       <c r="H2" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
@@ -771,51 +771,51 @@
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Правове забезпечення авіаційної діяльності</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G4" s="8" t="inlineStr">
         <is>
           <t> 10181</t>
         </is>
       </c>
       <c r="H4" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 26.02.2025 № 13-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
@@ -1438,51 +1438,51 @@
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>65702</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Правове забезпечення авіаційної діяльності</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="8" t="inlineStr">
         <is>
           <t>- 10181</t>
         </is>
       </c>
       <c r="I5" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D6" s="3"/>
@@ -1848,51 +1848,51 @@
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
         <v>71521</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Правове забезпечення авіаційної діяльності</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
           <t>- 12754</t>
         </is>
       </c>
       <c r="I15" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D16" s="3"/>
@@ -2986,117 +2986,117 @@
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>37</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>24</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -3115,51 +3115,51 @@
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>79</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -3214,87 +3214,87 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>J6</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -3313,54 +3313,54 @@
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>272</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Авіаційний транспорт</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>58</v>
+        <v>3</v>
       </c>
       <c r="F13" s="6" t="n">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>