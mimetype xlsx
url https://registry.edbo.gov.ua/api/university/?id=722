--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -2281,51 +2281,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>