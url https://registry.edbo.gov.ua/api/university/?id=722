--- v1 (2025-12-23)
+++ v2 (2026-02-28)
@@ -2211,88 +2211,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -2347,51 +2347,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>