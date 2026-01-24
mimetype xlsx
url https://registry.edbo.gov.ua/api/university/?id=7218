--- v0 (2025-12-09)
+++ v1 (2026-01-24)
@@ -3276,51 +3276,51 @@
       </c>
       <c r="I1" s="5" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>E4</t>
         </is>
       </c>
@@ -3375,54 +3375,54 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>G16</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Гірництво та нафтогазові технології</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
@@ -3481,81 +3481,81 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Холодильні та кліматичні технології</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
@@ -3577,84 +3577,84 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
@@ -3676,282 +3676,282 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Гірництво</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>185</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Нафтогазова інженерія та технології</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>62</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
@@ -3973,51 +3973,51 @@
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I23"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>