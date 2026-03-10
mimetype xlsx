--- v1 (2026-01-24)
+++ v2 (2026-03-10)
@@ -3610,51 +3610,51 @@
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>103</t>
         </is>
       </c>
@@ -3907,51 +3907,51 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>185</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Нафтогазова інженерія та технології</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>62</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>